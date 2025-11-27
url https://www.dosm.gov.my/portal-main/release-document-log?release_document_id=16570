--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\DOSM\OCT\Newss\Dokumen Sebaran Kemiskinan\Data\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3173CAFD-46BD-4FB4-BBDE-8D9A80492298}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FCF23DCF-2522-4DD5-B4F0-EC1C5DA0FC22}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="22260" windowHeight="12645" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" activeTab="3" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="5.1" sheetId="1" r:id="rId1"/>
     <sheet name="5.2" sheetId="2" r:id="rId2"/>
     <sheet name="5.3" sheetId="3" r:id="rId3"/>
     <sheet name="5.4" sheetId="4" r:id="rId4"/>
   </sheets>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="378" uniqueCount="234">
   <si>
     <t>1989*</t>
   </si>
   <si>
     <t>2019**</t>
   </si>
   <si>
@@ -1716,51 +1716,51 @@
       <left style="medium">
         <color rgb="FF000000"/>
       </left>
       <right style="medium">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="medium">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="182">
+  <cellXfs count="162">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
@@ -1832,61 +1832,52 @@
     </xf>
     <xf numFmtId="166" fontId="8" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -1916,305 +1907,256 @@
     </xf>
     <xf numFmtId="166" fontId="8" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="8" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="4" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="4" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="8" fillId="3" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="6" fillId="3" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="8" fillId="3" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="6" fillId="3" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="8" fillId="3" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="3" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...22 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="11" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="12" fillId="4" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="15" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="13" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="16" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
@@ -2552,10885 +2494,10885 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:S33"/>
   <sheetViews>
     <sheetView zoomScale="106" zoomScaleNormal="106" workbookViewId="0">
       <selection activeCell="S4" sqref="S4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="21.7109375" customWidth="1"/>
-    <col min="2" max="19" width="7.7109375" customWidth="1"/>
+    <col min="1" max="1" width="21.6640625" customWidth="1"/>
+    <col min="2" max="19" width="7.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A1" s="162" t="s">
+    <row r="1" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A1" s="142" t="s">
         <v>212</v>
       </c>
     </row>
-    <row r="2" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="163" t="s">
+    <row r="2" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="143" t="s">
         <v>231</v>
       </c>
-      <c r="S2" s="161" t="s">
+      <c r="S2" s="141" t="s">
         <v>224</v>
       </c>
     </row>
-    <row r="3" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B3" s="110">
+    <row r="3" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="85"/>
+      <c r="B3" s="90">
         <v>1984</v>
       </c>
-      <c r="C3" s="110">
+      <c r="C3" s="90">
         <v>1987</v>
       </c>
-      <c r="D3" s="110" t="s">
+      <c r="D3" s="90" t="s">
         <v>0</v>
       </c>
-      <c r="E3" s="110">
+      <c r="E3" s="90">
         <v>1992</v>
       </c>
-      <c r="F3" s="110">
+      <c r="F3" s="90">
         <v>1995</v>
       </c>
-      <c r="G3" s="110">
+      <c r="G3" s="90">
         <v>1997</v>
       </c>
-      <c r="H3" s="110">
+      <c r="H3" s="90">
         <v>1999</v>
       </c>
-      <c r="I3" s="110">
+      <c r="I3" s="90">
         <v>2002</v>
       </c>
-      <c r="J3" s="110">
+      <c r="J3" s="90">
         <v>2004</v>
       </c>
-      <c r="K3" s="110">
+      <c r="K3" s="90">
         <v>2007</v>
       </c>
-      <c r="L3" s="110">
+      <c r="L3" s="90">
         <v>2009</v>
       </c>
-      <c r="M3" s="110">
+      <c r="M3" s="90">
         <v>2012</v>
       </c>
-      <c r="N3" s="110">
+      <c r="N3" s="90">
         <v>2014</v>
       </c>
-      <c r="O3" s="110">
+      <c r="O3" s="90">
         <v>2016</v>
       </c>
-      <c r="P3" s="110" t="s">
+      <c r="P3" s="90" t="s">
         <v>1</v>
       </c>
-      <c r="Q3" s="110" t="s">
+      <c r="Q3" s="90" t="s">
         <v>2</v>
       </c>
-      <c r="R3" s="110">
+      <c r="R3" s="90">
         <v>2022</v>
       </c>
-      <c r="S3" s="109">
+      <c r="S3" s="89">
         <v>2024</v>
       </c>
     </row>
-    <row r="4" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="117" t="s">
+    <row r="4" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="97" t="s">
         <v>3</v>
       </c>
-      <c r="B4" s="118">
+      <c r="B4" s="98">
         <v>6.9</v>
       </c>
-      <c r="C4" s="118">
+      <c r="C4" s="98">
         <v>5.0999999999999996</v>
       </c>
-      <c r="D4" s="118">
+      <c r="D4" s="98">
         <v>3.9</v>
       </c>
-      <c r="E4" s="118">
+      <c r="E4" s="98">
         <v>2.9</v>
       </c>
-      <c r="F4" s="118">
+      <c r="F4" s="98">
         <v>2</v>
       </c>
-      <c r="G4" s="118">
+      <c r="G4" s="98">
         <v>1.4</v>
       </c>
-      <c r="H4" s="118">
+      <c r="H4" s="98">
         <v>1.4</v>
       </c>
-      <c r="I4" s="118">
+      <c r="I4" s="98">
         <v>1</v>
       </c>
-      <c r="J4" s="118">
+      <c r="J4" s="98">
         <v>1.2</v>
       </c>
-      <c r="K4" s="118">
+      <c r="K4" s="98">
         <v>0.7</v>
       </c>
-      <c r="L4" s="118">
+      <c r="L4" s="98">
         <v>0.7</v>
       </c>
-      <c r="M4" s="118">
+      <c r="M4" s="98">
         <v>0.2</v>
       </c>
-      <c r="N4" s="118">
+      <c r="N4" s="98">
         <v>0.1</v>
       </c>
-      <c r="O4" s="118">
+      <c r="O4" s="98">
         <v>0</v>
       </c>
-      <c r="P4" s="118">
+      <c r="P4" s="98">
         <v>0.4</v>
       </c>
-      <c r="Q4" s="118">
+      <c r="Q4" s="98">
         <v>1</v>
       </c>
-      <c r="R4" s="118">
+      <c r="R4" s="98">
         <v>0.2</v>
       </c>
-      <c r="S4" s="119">
+      <c r="S4" s="99">
         <v>0.09</v>
       </c>
     </row>
-    <row r="5" spans="1:19" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="111" t="s">
+    <row r="5" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A5" s="91" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="112"/>
-[...19 lines deleted...]
-      <c r="A6" s="133" t="s">
+      <c r="B5" s="92"/>
+      <c r="C5" s="92"/>
+      <c r="D5" s="92"/>
+      <c r="E5" s="92"/>
+      <c r="F5" s="92"/>
+      <c r="G5" s="92"/>
+      <c r="H5" s="92"/>
+      <c r="I5" s="92"/>
+      <c r="J5" s="92"/>
+      <c r="K5" s="92"/>
+      <c r="L5" s="92"/>
+      <c r="M5" s="92"/>
+      <c r="N5" s="92"/>
+      <c r="O5" s="92"/>
+      <c r="P5" s="92"/>
+      <c r="Q5" s="92"/>
+      <c r="R5" s="92"/>
+      <c r="S5" s="92"/>
+    </row>
+    <row r="6" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A6" s="113" t="s">
         <v>5</v>
       </c>
-      <c r="B6" s="121">
+      <c r="B6" s="101">
         <v>9.9</v>
       </c>
-      <c r="C6" s="121">
+      <c r="C6" s="101">
         <v>7.4</v>
       </c>
-      <c r="D6" s="121">
+      <c r="D6" s="101">
         <v>5.8</v>
       </c>
-      <c r="E6" s="121">
+      <c r="E6" s="101">
         <v>4.4000000000000004</v>
       </c>
-      <c r="F6" s="121">
+      <c r="F6" s="101">
         <v>3.2</v>
       </c>
-      <c r="G6" s="121">
+      <c r="G6" s="101">
         <v>2.2000000000000002</v>
       </c>
-      <c r="H6" s="121">
+      <c r="H6" s="101">
         <v>2.1</v>
       </c>
-      <c r="I6" s="121">
+      <c r="I6" s="101">
         <v>1.5</v>
       </c>
-      <c r="J6" s="121">
+      <c r="J6" s="101">
         <v>1.9</v>
       </c>
-      <c r="K6" s="121">
+      <c r="K6" s="101">
         <v>1.1000000000000001</v>
       </c>
-      <c r="L6" s="121">
+      <c r="L6" s="101">
         <v>1.1000000000000001</v>
       </c>
-      <c r="M6" s="121">
+      <c r="M6" s="101">
         <v>0.3</v>
       </c>
-      <c r="N6" s="121">
+      <c r="N6" s="101">
         <v>0.1</v>
       </c>
-      <c r="O6" s="121">
+      <c r="O6" s="101">
         <v>0</v>
       </c>
-      <c r="P6" s="121">
+      <c r="P6" s="101">
         <v>0.5</v>
       </c>
-      <c r="Q6" s="121">
+      <c r="Q6" s="101">
         <v>1.3</v>
       </c>
-      <c r="R6" s="121">
+      <c r="R6" s="101">
         <v>0.3</v>
       </c>
-      <c r="S6" s="122">
+      <c r="S6" s="102">
         <v>0.1</v>
       </c>
     </row>
-    <row r="7" spans="1:19" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="131" t="s">
+    <row r="7" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A7" s="111" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="113">
+      <c r="B7" s="93">
         <v>2.2000000000000002</v>
       </c>
-      <c r="C7" s="113">
+      <c r="C7" s="93">
         <v>1.4</v>
       </c>
-      <c r="D7" s="113">
+      <c r="D7" s="93">
         <v>0.8</v>
       </c>
-      <c r="E7" s="113">
+      <c r="E7" s="93">
         <v>0.4</v>
       </c>
-      <c r="F7" s="113">
+      <c r="F7" s="93">
         <v>0.3</v>
       </c>
-      <c r="G7" s="113">
+      <c r="G7" s="93">
         <v>0.1</v>
       </c>
-      <c r="H7" s="113">
+      <c r="H7" s="93">
         <v>0.2</v>
       </c>
-      <c r="I7" s="113">
+      <c r="I7" s="93">
         <v>0.2</v>
       </c>
-      <c r="J7" s="113">
+      <c r="J7" s="93">
         <v>0.1</v>
       </c>
-      <c r="K7" s="113">
+      <c r="K7" s="93">
         <v>0.1</v>
       </c>
-      <c r="L7" s="113">
+      <c r="L7" s="93">
         <v>0.1</v>
       </c>
-      <c r="M7" s="113">
+      <c r="M7" s="93">
         <v>0</v>
       </c>
-      <c r="N7" s="113">
+      <c r="N7" s="93">
         <v>0</v>
       </c>
-      <c r="O7" s="113">
+      <c r="O7" s="93">
         <v>0</v>
       </c>
-      <c r="P7" s="113">
+      <c r="P7" s="93">
         <v>0.1</v>
       </c>
-      <c r="Q7" s="113">
+      <c r="Q7" s="93">
         <v>0.2</v>
       </c>
-      <c r="R7" s="113">
+      <c r="R7" s="93">
         <v>0</v>
       </c>
-      <c r="S7" s="113">
+      <c r="S7" s="93">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A8" s="133" t="s">
+    <row r="8" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A8" s="113" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="121">
+      <c r="B8" s="101">
         <v>1.9</v>
       </c>
-      <c r="C8" s="121">
+      <c r="C8" s="101">
         <v>1.8</v>
       </c>
-      <c r="D8" s="121">
+      <c r="D8" s="101">
         <v>1.2</v>
       </c>
-      <c r="E8" s="121">
+      <c r="E8" s="101">
         <v>0.5</v>
       </c>
-      <c r="F8" s="121">
+      <c r="F8" s="101">
         <v>0.3</v>
       </c>
-      <c r="G8" s="121">
+      <c r="G8" s="101">
         <v>0.2</v>
       </c>
-      <c r="H8" s="121">
+      <c r="H8" s="101">
         <v>0.2</v>
       </c>
-      <c r="I8" s="121">
+      <c r="I8" s="101">
         <v>0.2</v>
       </c>
-      <c r="J8" s="121">
+      <c r="J8" s="101">
         <v>0.3</v>
       </c>
-      <c r="K8" s="121">
+      <c r="K8" s="101">
         <v>0.3</v>
       </c>
-      <c r="L8" s="121">
+      <c r="L8" s="101">
         <v>0.3</v>
       </c>
-      <c r="M8" s="121">
+      <c r="M8" s="101">
         <v>0.2</v>
       </c>
-      <c r="N8" s="121">
+      <c r="N8" s="101">
         <v>0.1</v>
       </c>
-      <c r="O8" s="121">
+      <c r="O8" s="101">
         <v>0</v>
       </c>
-      <c r="P8" s="121">
+      <c r="P8" s="101">
         <v>0.4</v>
       </c>
-      <c r="Q8" s="121">
+      <c r="Q8" s="101">
         <v>1.1000000000000001</v>
       </c>
-      <c r="R8" s="121">
+      <c r="R8" s="101">
         <v>0.1</v>
       </c>
-      <c r="S8" s="122">
+      <c r="S8" s="102">
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:19" s="87" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="134" t="s">
+    <row r="9" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="114" t="s">
         <v>8</v>
       </c>
-      <c r="B9" s="115">
+      <c r="B9" s="95">
         <v>7.1</v>
       </c>
-      <c r="C9" s="115">
+      <c r="C9" s="95">
         <v>5.2</v>
       </c>
-      <c r="D9" s="115">
+      <c r="D9" s="95">
         <v>3.4</v>
       </c>
-      <c r="E9" s="115">
+      <c r="E9" s="95">
         <v>3.2</v>
       </c>
-      <c r="F9" s="115">
+      <c r="F9" s="95">
         <v>2.8</v>
       </c>
-      <c r="G9" s="115">
+      <c r="G9" s="95">
         <v>0.9</v>
       </c>
-      <c r="H9" s="115">
+      <c r="H9" s="95">
         <v>2.9</v>
       </c>
-      <c r="I9" s="115">
+      <c r="I9" s="95">
         <v>1.8</v>
       </c>
-      <c r="J9" s="115">
+      <c r="J9" s="95">
         <v>1.2</v>
       </c>
-      <c r="K9" s="115">
+      <c r="K9" s="95">
         <v>2.2000000000000002</v>
       </c>
-      <c r="L9" s="115">
+      <c r="L9" s="95">
         <v>1.3</v>
       </c>
-      <c r="M9" s="115">
+      <c r="M9" s="95">
         <v>0</v>
       </c>
-      <c r="N9" s="115">
+      <c r="N9" s="95">
         <v>0</v>
       </c>
-      <c r="O9" s="115">
+      <c r="O9" s="95">
         <v>0.1</v>
       </c>
-      <c r="P9" s="115">
+      <c r="P9" s="95">
         <v>0.7</v>
       </c>
-      <c r="Q9" s="115">
+      <c r="Q9" s="95">
         <v>1.8</v>
       </c>
-      <c r="R9" s="115">
+      <c r="R9" s="95">
         <v>0.3</v>
       </c>
-      <c r="S9" s="115">
+      <c r="S9" s="95">
         <v>0.6</v>
       </c>
     </row>
-    <row r="10" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A10" s="120" t="s">
+    <row r="10" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A10" s="100" t="s">
         <v>9</v>
       </c>
-      <c r="B10" s="124"/>
-[...19 lines deleted...]
-      <c r="A11" s="131" t="s">
+      <c r="B10" s="104"/>
+      <c r="C10" s="104"/>
+      <c r="D10" s="104"/>
+      <c r="E10" s="104"/>
+      <c r="F10" s="104"/>
+      <c r="G10" s="104"/>
+      <c r="H10" s="104"/>
+      <c r="I10" s="104"/>
+      <c r="J10" s="104"/>
+      <c r="K10" s="104"/>
+      <c r="L10" s="104"/>
+      <c r="M10" s="104"/>
+      <c r="N10" s="104"/>
+      <c r="O10" s="104"/>
+      <c r="P10" s="104"/>
+      <c r="Q10" s="104"/>
+      <c r="R10" s="104"/>
+      <c r="S10" s="104"/>
+    </row>
+    <row r="11" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A11" s="111" t="s">
         <v>10</v>
       </c>
-      <c r="B11" s="113">
+      <c r="B11" s="93">
         <v>2.4</v>
       </c>
-      <c r="C11" s="113">
+      <c r="C11" s="93">
         <v>1.9</v>
       </c>
-      <c r="D11" s="113">
+      <c r="D11" s="93">
         <v>1.3</v>
       </c>
-      <c r="E11" s="113">
+      <c r="E11" s="93">
         <v>1</v>
       </c>
-      <c r="F11" s="113">
+      <c r="F11" s="93">
         <v>0.9</v>
       </c>
-      <c r="G11" s="113">
+      <c r="G11" s="93">
         <v>0.4</v>
       </c>
-      <c r="H11" s="113">
+      <c r="H11" s="93">
         <v>0.5</v>
       </c>
-      <c r="I11" s="113">
+      <c r="I11" s="93">
         <v>0.4</v>
       </c>
-      <c r="J11" s="113">
+      <c r="J11" s="93">
         <v>0.4</v>
       </c>
-      <c r="K11" s="113">
+      <c r="K11" s="93">
         <v>0.3</v>
       </c>
-      <c r="L11" s="113">
+      <c r="L11" s="93">
         <v>0.2</v>
       </c>
-      <c r="M11" s="113">
+      <c r="M11" s="93">
         <v>0.1</v>
       </c>
-      <c r="N11" s="113">
+      <c r="N11" s="93">
         <v>0</v>
       </c>
-      <c r="O11" s="113">
+      <c r="O11" s="93">
         <v>0</v>
       </c>
-      <c r="P11" s="113">
+      <c r="P11" s="93">
         <v>0.2</v>
       </c>
-      <c r="Q11" s="113">
+      <c r="Q11" s="93">
         <v>0.8</v>
       </c>
-      <c r="R11" s="113">
+      <c r="R11" s="93">
         <v>0.1</v>
       </c>
-      <c r="S11" s="113">
+      <c r="S11" s="93">
         <v>0.06</v>
       </c>
     </row>
-    <row r="12" spans="1:19" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="132" t="s">
+    <row r="12" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="112" t="s">
         <v>11</v>
       </c>
-      <c r="B12" s="125">
+      <c r="B12" s="105">
         <v>9.3000000000000007</v>
       </c>
-      <c r="C12" s="125">
+      <c r="C12" s="105">
         <v>6.7</v>
       </c>
-      <c r="D12" s="125">
+      <c r="D12" s="105">
         <v>5.2</v>
       </c>
-      <c r="E12" s="125">
+      <c r="E12" s="105">
         <v>5.0999999999999996</v>
       </c>
-      <c r="F12" s="125">
+      <c r="F12" s="105">
         <v>3.6</v>
       </c>
-      <c r="G12" s="125">
+      <c r="G12" s="105">
         <v>2.5</v>
       </c>
-      <c r="H12" s="125">
+      <c r="H12" s="105">
         <v>2.4</v>
       </c>
-      <c r="I12" s="125">
+      <c r="I12" s="105">
         <v>2.2999999999999998</v>
       </c>
-      <c r="J12" s="125">
+      <c r="J12" s="105">
         <v>2.9</v>
       </c>
-      <c r="K12" s="125">
+      <c r="K12" s="105">
         <v>1.4</v>
       </c>
-      <c r="L12" s="125">
+      <c r="L12" s="105">
         <v>1.8</v>
       </c>
-      <c r="M12" s="125">
+      <c r="M12" s="105">
         <v>0.6</v>
       </c>
-      <c r="N12" s="125">
+      <c r="N12" s="105">
         <v>0.2</v>
       </c>
-      <c r="O12" s="125">
+      <c r="O12" s="105">
         <v>0.1</v>
       </c>
-      <c r="P12" s="125">
+      <c r="P12" s="105">
         <v>0.9</v>
       </c>
-      <c r="Q12" s="125">
+      <c r="Q12" s="105">
         <v>1.9</v>
       </c>
-      <c r="R12" s="125">
+      <c r="R12" s="105">
         <v>0.7</v>
       </c>
-      <c r="S12" s="123">
+      <c r="S12" s="103">
         <v>0.2</v>
       </c>
     </row>
-    <row r="13" spans="1:19" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="114" t="s">
+    <row r="13" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A13" s="94" t="s">
         <v>12</v>
       </c>
-      <c r="B13" s="116"/>
-[...19 lines deleted...]
-      <c r="A14" s="128" t="s">
+      <c r="B13" s="96"/>
+      <c r="C13" s="96"/>
+      <c r="D13" s="96"/>
+      <c r="E13" s="96"/>
+      <c r="F13" s="96"/>
+      <c r="G13" s="96"/>
+      <c r="H13" s="96"/>
+      <c r="I13" s="96"/>
+      <c r="J13" s="96"/>
+      <c r="K13" s="96"/>
+      <c r="L13" s="96"/>
+      <c r="M13" s="96"/>
+      <c r="N13" s="96"/>
+      <c r="O13" s="96"/>
+      <c r="P13" s="96"/>
+      <c r="Q13" s="96"/>
+      <c r="R13" s="96"/>
+      <c r="S13" s="96"/>
+    </row>
+    <row r="14" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A14" s="108" t="s">
         <v>13</v>
       </c>
-      <c r="B14" s="121">
+      <c r="B14" s="101">
         <v>3.1</v>
       </c>
-      <c r="C14" s="121">
+      <c r="C14" s="101">
         <v>2.6</v>
       </c>
-      <c r="D14" s="121">
+      <c r="D14" s="101">
         <v>1.5</v>
       </c>
-      <c r="E14" s="121">
+      <c r="E14" s="101">
         <v>1.1000000000000001</v>
       </c>
-      <c r="F14" s="121">
+      <c r="F14" s="101">
         <v>0.5</v>
       </c>
-      <c r="G14" s="121">
+      <c r="G14" s="101">
         <v>0.3</v>
       </c>
-      <c r="H14" s="121">
+      <c r="H14" s="101">
         <v>0.4</v>
       </c>
-      <c r="I14" s="121">
+      <c r="I14" s="101">
         <v>0.2</v>
       </c>
-      <c r="J14" s="121">
+      <c r="J14" s="101">
         <v>0.3</v>
       </c>
-      <c r="K14" s="121">
+      <c r="K14" s="101">
         <v>0.2</v>
       </c>
-      <c r="L14" s="121">
+      <c r="L14" s="101">
         <v>0.1</v>
       </c>
-      <c r="M14" s="121">
+      <c r="M14" s="101">
         <v>0.1</v>
       </c>
-      <c r="N14" s="121">
+      <c r="N14" s="101">
         <v>0</v>
       </c>
-      <c r="O14" s="121">
+      <c r="O14" s="101">
         <v>0</v>
       </c>
-      <c r="P14" s="121">
+      <c r="P14" s="101">
         <v>0.2</v>
       </c>
-      <c r="Q14" s="121">
+      <c r="Q14" s="101">
         <v>0.6</v>
       </c>
-      <c r="R14" s="121">
+      <c r="R14" s="101">
         <v>0.1</v>
       </c>
-      <c r="S14" s="122">
+      <c r="S14" s="102">
         <v>0.01</v>
       </c>
     </row>
-    <row r="15" spans="1:19" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="129" t="s">
+    <row r="15" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A15" s="109" t="s">
         <v>14</v>
       </c>
-      <c r="B15" s="113">
+      <c r="B15" s="93">
         <v>13.5</v>
       </c>
-      <c r="C15" s="113">
+      <c r="C15" s="93">
         <v>9.8000000000000007</v>
       </c>
-      <c r="D15" s="113">
+      <c r="D15" s="93">
         <v>8.4</v>
       </c>
-      <c r="E15" s="113">
+      <c r="E15" s="93">
         <v>5.4</v>
       </c>
-      <c r="F15" s="113">
+      <c r="F15" s="93">
         <v>3.7</v>
       </c>
-      <c r="G15" s="113">
+      <c r="G15" s="93">
         <v>3.9</v>
       </c>
-      <c r="H15" s="113">
+      <c r="H15" s="93">
         <v>3.1</v>
       </c>
-      <c r="I15" s="113">
+      <c r="I15" s="93">
         <v>3</v>
       </c>
-      <c r="J15" s="113">
+      <c r="J15" s="93">
         <v>1.3</v>
       </c>
-      <c r="K15" s="113">
+      <c r="K15" s="93">
         <v>0.3</v>
       </c>
-      <c r="L15" s="113">
+      <c r="L15" s="93">
         <v>0.8</v>
       </c>
-      <c r="M15" s="113">
+      <c r="M15" s="93">
         <v>0.1</v>
       </c>
-      <c r="N15" s="113">
+      <c r="N15" s="93">
         <v>0</v>
       </c>
-      <c r="O15" s="113">
+      <c r="O15" s="93">
         <v>0</v>
       </c>
-      <c r="P15" s="113">
+      <c r="P15" s="93">
         <v>0.5</v>
       </c>
-      <c r="Q15" s="113">
+      <c r="Q15" s="93">
         <v>1.5</v>
       </c>
-      <c r="R15" s="113">
+      <c r="R15" s="93">
         <v>0.3</v>
       </c>
-      <c r="S15" s="113">
+      <c r="S15" s="93">
         <v>0.08</v>
       </c>
     </row>
-    <row r="16" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A16" s="128" t="s">
+    <row r="16" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A16" s="108" t="s">
         <v>15</v>
       </c>
-      <c r="B16" s="121">
+      <c r="B16" s="101">
         <v>15.5</v>
       </c>
-      <c r="C16" s="121">
+      <c r="C16" s="101">
         <v>7.6</v>
       </c>
-      <c r="D16" s="121">
+      <c r="D16" s="101">
         <v>7.2</v>
       </c>
-      <c r="E16" s="121">
+      <c r="E16" s="101">
         <v>8.6999999999999993</v>
       </c>
-      <c r="F16" s="121">
+      <c r="F16" s="101">
         <v>7.4</v>
       </c>
-      <c r="G16" s="121">
+      <c r="G16" s="101">
         <v>5.7</v>
       </c>
-      <c r="H16" s="121">
+      <c r="H16" s="101">
         <v>4.3</v>
       </c>
-      <c r="I16" s="121">
+      <c r="I16" s="101">
         <v>3.6</v>
       </c>
-      <c r="J16" s="121">
+      <c r="J16" s="101">
         <v>1.3</v>
       </c>
-      <c r="K16" s="121">
+      <c r="K16" s="101">
         <v>1.5</v>
       </c>
-      <c r="L16" s="121">
+      <c r="L16" s="101">
         <v>1</v>
       </c>
-      <c r="M16" s="121">
+      <c r="M16" s="101">
         <v>0.3</v>
       </c>
-      <c r="N16" s="121">
+      <c r="N16" s="101">
         <v>0.2</v>
       </c>
-      <c r="O16" s="121">
+      <c r="O16" s="101">
         <v>0.1</v>
       </c>
-      <c r="P16" s="121">
+      <c r="P16" s="101">
         <v>1</v>
       </c>
-      <c r="Q16" s="121">
+      <c r="Q16" s="101">
         <v>4.0999999999999996</v>
       </c>
-      <c r="R16" s="121">
+      <c r="R16" s="101">
         <v>0.8</v>
       </c>
-      <c r="S16" s="122">
+      <c r="S16" s="102">
         <v>0.11</v>
       </c>
     </row>
-    <row r="17" spans="1:19" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="129" t="s">
+    <row r="17" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A17" s="109" t="s">
         <v>16</v>
       </c>
-      <c r="B17" s="113">
+      <c r="B17" s="93">
         <v>5.5</v>
       </c>
-      <c r="C17" s="113">
+      <c r="C17" s="93">
         <v>3.8</v>
       </c>
-      <c r="D17" s="113">
+      <c r="D17" s="93">
         <v>3.8</v>
       </c>
-      <c r="E17" s="113">
+      <c r="E17" s="93">
         <v>1.8</v>
       </c>
-      <c r="F17" s="113">
+      <c r="F17" s="93">
         <v>1.6</v>
       </c>
-      <c r="G17" s="113">
+      <c r="G17" s="93">
         <v>0.6</v>
       </c>
-      <c r="H17" s="113">
+      <c r="H17" s="93">
         <v>1.5</v>
       </c>
-      <c r="I17" s="113">
+      <c r="I17" s="93">
         <v>0.1</v>
       </c>
-      <c r="J17" s="113">
+      <c r="J17" s="93">
         <v>0.2</v>
       </c>
-      <c r="K17" s="113">
+      <c r="K17" s="93">
         <v>0.2</v>
       </c>
-      <c r="L17" s="113">
+      <c r="L17" s="93">
         <v>0.1</v>
       </c>
-      <c r="M17" s="113">
+      <c r="M17" s="93">
         <v>0</v>
       </c>
-      <c r="N17" s="113">
+      <c r="N17" s="93">
         <v>0</v>
       </c>
-      <c r="O17" s="113">
+      <c r="O17" s="93">
         <v>0</v>
       </c>
-      <c r="P17" s="113">
+      <c r="P17" s="93">
         <v>0.3</v>
       </c>
-      <c r="Q17" s="113">
+      <c r="Q17" s="93">
         <v>1.1000000000000001</v>
       </c>
-      <c r="R17" s="113">
+      <c r="R17" s="93">
         <v>0.1</v>
       </c>
-      <c r="S17" s="113">
+      <c r="S17" s="93">
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A18" s="128" t="s">
+    <row r="18" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A18" s="108" t="s">
         <v>17</v>
       </c>
-      <c r="B18" s="121">
+      <c r="B18" s="101">
         <v>3.7</v>
       </c>
-      <c r="C18" s="121">
+      <c r="C18" s="101">
         <v>5.5</v>
       </c>
-      <c r="D18" s="121">
+      <c r="D18" s="101">
         <v>2.2000000000000002</v>
       </c>
-      <c r="E18" s="121">
+      <c r="E18" s="101">
         <v>1.8</v>
       </c>
-      <c r="F18" s="121">
+      <c r="F18" s="101">
         <v>1</v>
       </c>
-      <c r="G18" s="121">
+      <c r="G18" s="101">
         <v>1.2</v>
       </c>
-      <c r="H18" s="121">
+      <c r="H18" s="101">
         <v>0.5</v>
       </c>
-      <c r="I18" s="121">
+      <c r="I18" s="101">
         <v>0.3</v>
       </c>
-      <c r="J18" s="121">
+      <c r="J18" s="101">
         <v>0.2</v>
       </c>
-      <c r="K18" s="121">
+      <c r="K18" s="101">
         <v>0.1</v>
       </c>
-      <c r="L18" s="121">
+      <c r="L18" s="101">
         <v>0.1</v>
       </c>
-      <c r="M18" s="121">
+      <c r="M18" s="101">
         <v>0.1</v>
       </c>
-      <c r="N18" s="121">
+      <c r="N18" s="101">
         <v>0.1</v>
       </c>
-      <c r="O18" s="121">
+      <c r="O18" s="101">
         <v>0</v>
       </c>
-      <c r="P18" s="121">
+      <c r="P18" s="101">
         <v>0.4</v>
       </c>
-      <c r="Q18" s="121">
+      <c r="Q18" s="101">
         <v>1.2</v>
       </c>
-      <c r="R18" s="121">
+      <c r="R18" s="101">
         <v>0.1</v>
       </c>
-      <c r="S18" s="122">
+      <c r="S18" s="102">
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="1:19" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="129" t="s">
+    <row r="19" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A19" s="109" t="s">
         <v>18</v>
       </c>
-      <c r="B19" s="113">
+      <c r="B19" s="93">
         <v>5.4</v>
       </c>
-      <c r="C19" s="113">
+      <c r="C19" s="93">
         <v>2.4</v>
       </c>
-      <c r="D19" s="113">
+      <c r="D19" s="93">
         <v>2.1</v>
       </c>
-      <c r="E19" s="113">
+      <c r="E19" s="93">
         <v>1.1000000000000001</v>
       </c>
-      <c r="F19" s="113">
+      <c r="F19" s="93">
         <v>1.2</v>
       </c>
-      <c r="G19" s="113">
+      <c r="G19" s="93">
         <v>0.8</v>
       </c>
-      <c r="H19" s="113">
+      <c r="H19" s="93">
         <v>0.4</v>
       </c>
-      <c r="I19" s="113">
+      <c r="I19" s="93">
         <v>0.1</v>
       </c>
-      <c r="J19" s="113">
+      <c r="J19" s="93">
         <v>1</v>
       </c>
-      <c r="K19" s="113">
+      <c r="K19" s="93">
         <v>0.4</v>
       </c>
-      <c r="L19" s="113">
+      <c r="L19" s="93">
         <v>0.3</v>
       </c>
-      <c r="M19" s="113">
+      <c r="M19" s="93">
         <v>0.2</v>
       </c>
-      <c r="N19" s="113">
+      <c r="N19" s="93">
         <v>0</v>
       </c>
-      <c r="O19" s="113">
+      <c r="O19" s="93">
         <v>0</v>
       </c>
-      <c r="P19" s="113">
+      <c r="P19" s="93">
         <v>0.1</v>
       </c>
-      <c r="Q19" s="113">
+      <c r="Q19" s="93">
         <v>1</v>
       </c>
-      <c r="R19" s="113">
+      <c r="R19" s="93">
         <v>0.1</v>
       </c>
-      <c r="S19" s="113">
+      <c r="S19" s="93">
         <v>0.03</v>
       </c>
     </row>
-    <row r="20" spans="1:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="128" t="s">
+    <row r="20" spans="1:19" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="108" t="s">
         <v>19</v>
       </c>
-      <c r="B20" s="121">
+      <c r="B20" s="101">
         <v>4.0999999999999996</v>
       </c>
-      <c r="C20" s="121">
+      <c r="C20" s="101">
         <v>4</v>
       </c>
-      <c r="D20" s="121">
+      <c r="D20" s="101">
         <v>2.1</v>
       </c>
-      <c r="E20" s="121">
+      <c r="E20" s="101">
         <v>1.1000000000000001</v>
       </c>
-      <c r="F20" s="121">
+      <c r="F20" s="101">
         <v>0.7</v>
       </c>
-      <c r="G20" s="121">
+      <c r="G20" s="101">
         <v>0.2</v>
       </c>
-      <c r="H20" s="121">
+      <c r="H20" s="101">
         <v>0.3</v>
       </c>
-      <c r="I20" s="121">
+      <c r="I20" s="101">
         <v>0.3</v>
       </c>
-      <c r="J20" s="121">
+      <c r="J20" s="101">
         <v>0</v>
       </c>
-      <c r="K20" s="121">
+      <c r="K20" s="101">
         <v>0.1</v>
       </c>
-      <c r="L20" s="121">
+      <c r="L20" s="101">
         <v>0.1</v>
       </c>
-      <c r="M20" s="121">
+      <c r="M20" s="101">
         <v>0</v>
       </c>
-      <c r="N20" s="121">
+      <c r="N20" s="101">
         <v>0</v>
       </c>
-      <c r="O20" s="121">
+      <c r="O20" s="101">
         <v>0</v>
       </c>
-      <c r="P20" s="121">
+      <c r="P20" s="101">
         <v>0.1</v>
       </c>
-      <c r="Q20" s="121">
+      <c r="Q20" s="101">
         <v>0.3</v>
       </c>
-      <c r="R20" s="121">
+      <c r="R20" s="101">
         <v>0.1</v>
       </c>
-      <c r="S20" s="122">
+      <c r="S20" s="102">
         <v>0.03</v>
       </c>
     </row>
-    <row r="21" spans="1:19" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="129" t="s">
+    <row r="21" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A21" s="109" t="s">
         <v>20</v>
       </c>
-      <c r="B21" s="113">
+      <c r="B21" s="93">
         <v>6.7</v>
       </c>
-      <c r="C21" s="113">
+      <c r="C21" s="93">
         <v>5.8</v>
       </c>
-      <c r="D21" s="113">
+      <c r="D21" s="93">
         <v>4.9000000000000004</v>
       </c>
-      <c r="E21" s="113">
+      <c r="E21" s="93">
         <v>1.9</v>
       </c>
-      <c r="F21" s="113">
+      <c r="F21" s="93">
         <v>1.9</v>
       </c>
-      <c r="G21" s="113">
+      <c r="G21" s="93">
         <v>0.9</v>
       </c>
-      <c r="H21" s="113">
+      <c r="H21" s="93">
         <v>1.4</v>
       </c>
-      <c r="I21" s="113">
+      <c r="I21" s="93">
         <v>1.3</v>
       </c>
-      <c r="J21" s="113">
+      <c r="J21" s="93">
         <v>1.1000000000000001</v>
       </c>
-      <c r="K21" s="113">
+      <c r="K21" s="93">
         <v>0.7</v>
       </c>
-      <c r="L21" s="113">
+      <c r="L21" s="93">
         <v>0.5</v>
       </c>
-      <c r="M21" s="113">
+      <c r="M21" s="93">
         <v>0.2</v>
       </c>
-      <c r="N21" s="113">
+      <c r="N21" s="93">
         <v>0.1</v>
       </c>
-      <c r="O21" s="113">
+      <c r="O21" s="93">
         <v>0</v>
       </c>
-      <c r="P21" s="113">
+      <c r="P21" s="93">
         <v>0.5</v>
       </c>
-      <c r="Q21" s="113">
+      <c r="Q21" s="93">
         <v>1.5</v>
       </c>
-      <c r="R21" s="113">
+      <c r="R21" s="93">
         <v>0.2</v>
       </c>
-      <c r="S21" s="113">
+      <c r="S21" s="93">
         <v>0.06</v>
       </c>
     </row>
-    <row r="22" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A22" s="128" t="s">
+    <row r="22" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A22" s="108" t="s">
         <v>21</v>
       </c>
-      <c r="B22" s="121">
+      <c r="B22" s="101">
         <v>11.7</v>
       </c>
-      <c r="C22" s="121">
+      <c r="C22" s="101">
         <v>7.4</v>
       </c>
-      <c r="D22" s="121">
+      <c r="D22" s="101">
         <v>3.2</v>
       </c>
-      <c r="E22" s="121">
+      <c r="E22" s="101">
         <v>4.0999999999999996</v>
       </c>
-      <c r="F22" s="121">
+      <c r="F22" s="101">
         <v>2.7</v>
       </c>
-      <c r="G22" s="121">
+      <c r="G22" s="101">
         <v>2.6</v>
       </c>
-      <c r="H22" s="121">
+      <c r="H22" s="101">
         <v>2.8</v>
       </c>
-      <c r="I22" s="121">
+      <c r="I22" s="101">
         <v>1.8</v>
       </c>
-      <c r="J22" s="121">
+      <c r="J22" s="101">
         <v>1.7</v>
       </c>
-      <c r="K22" s="121">
+      <c r="K22" s="101">
         <v>1.4</v>
       </c>
-      <c r="L22" s="121">
+      <c r="L22" s="101">
         <v>0.8</v>
       </c>
-      <c r="M22" s="121">
+      <c r="M22" s="101">
         <v>0.5</v>
       </c>
-      <c r="N22" s="121">
+      <c r="N22" s="101">
         <v>0</v>
       </c>
-      <c r="O22" s="121">
+      <c r="O22" s="101">
         <v>0</v>
       </c>
-      <c r="P22" s="121">
+      <c r="P22" s="101">
         <v>0.3</v>
       </c>
-      <c r="Q22" s="121">
+      <c r="Q22" s="101">
         <v>1.4</v>
       </c>
-      <c r="R22" s="121">
+      <c r="R22" s="101">
         <v>0.1</v>
       </c>
-      <c r="S22" s="122">
+      <c r="S22" s="102">
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:19" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="129" t="s">
+    <row r="23" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A23" s="109" t="s">
         <v>22</v>
       </c>
-      <c r="B23" s="113">
+      <c r="B23" s="93">
         <v>2.5</v>
       </c>
-      <c r="C23" s="113">
+      <c r="C23" s="93">
         <v>1.9</v>
       </c>
-      <c r="D23" s="113">
+      <c r="D23" s="93">
         <v>1.1000000000000001</v>
       </c>
-      <c r="E23" s="113">
+      <c r="E23" s="93">
         <v>0.6</v>
       </c>
-      <c r="F23" s="113">
+      <c r="F23" s="93">
         <v>0.5</v>
       </c>
-      <c r="G23" s="113">
+      <c r="G23" s="93">
         <v>0.3</v>
       </c>
-      <c r="H23" s="113">
+      <c r="H23" s="93">
         <v>0.2</v>
       </c>
-      <c r="I23" s="113">
+      <c r="I23" s="93">
         <v>0.2</v>
       </c>
-      <c r="J23" s="113">
+      <c r="J23" s="93">
         <v>0</v>
       </c>
-      <c r="K23" s="113">
+      <c r="K23" s="93">
         <v>0.1</v>
       </c>
-      <c r="L23" s="113">
+      <c r="L23" s="93">
         <v>0.1</v>
       </c>
-      <c r="M23" s="113">
+      <c r="M23" s="93">
         <v>0</v>
       </c>
-      <c r="N23" s="113">
+      <c r="N23" s="93">
         <v>0</v>
       </c>
-      <c r="O23" s="113">
+      <c r="O23" s="93">
         <v>0</v>
       </c>
-      <c r="P23" s="113">
+      <c r="P23" s="93">
         <v>0.2</v>
       </c>
-      <c r="Q23" s="113">
+      <c r="Q23" s="93">
         <v>0.3</v>
       </c>
-      <c r="R23" s="113">
+      <c r="R23" s="93">
         <v>0</v>
       </c>
-      <c r="S23" s="113">
+      <c r="S23" s="93">
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A24" s="128" t="s">
+    <row r="24" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A24" s="108" t="s">
         <v>23</v>
       </c>
-      <c r="B24" s="121">
+      <c r="B24" s="101">
         <v>11.6</v>
       </c>
-      <c r="C24" s="121">
+      <c r="C24" s="101">
         <v>15.1</v>
       </c>
-      <c r="D24" s="121">
+      <c r="D24" s="101">
         <v>10.4</v>
       </c>
-      <c r="E24" s="121">
+      <c r="E24" s="101">
         <v>9.1999999999999993</v>
       </c>
-      <c r="F24" s="121">
+      <c r="F24" s="101">
         <v>7.5</v>
       </c>
-      <c r="G24" s="121">
+      <c r="G24" s="101">
         <v>5</v>
       </c>
-      <c r="H24" s="121">
+      <c r="H24" s="101">
         <v>4.9000000000000004</v>
       </c>
-      <c r="I24" s="121">
+      <c r="I24" s="101">
         <v>2.8</v>
       </c>
-      <c r="J24" s="121">
+      <c r="J24" s="101">
         <v>4.4000000000000004</v>
       </c>
-      <c r="K24" s="121">
+      <c r="K24" s="101">
         <v>0.8</v>
       </c>
-      <c r="L24" s="121">
+      <c r="L24" s="101">
         <v>0.5</v>
       </c>
-      <c r="M24" s="121">
+      <c r="M24" s="101">
         <v>0.2</v>
       </c>
-      <c r="N24" s="121">
+      <c r="N24" s="101">
         <v>0.1</v>
       </c>
-      <c r="O24" s="121">
+      <c r="O24" s="101">
         <v>0</v>
       </c>
-      <c r="P24" s="121">
+      <c r="P24" s="101">
         <v>0.3</v>
       </c>
-      <c r="Q24" s="121">
+      <c r="Q24" s="101">
         <v>1.1000000000000001</v>
       </c>
-      <c r="R24" s="121">
+      <c r="R24" s="101">
         <v>0.2</v>
       </c>
-      <c r="S24" s="122">
+      <c r="S24" s="102">
         <v>0.08</v>
       </c>
     </row>
-    <row r="25" spans="1:19" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="129" t="s">
+    <row r="25" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A25" s="109" t="s">
         <v>24</v>
       </c>
-      <c r="B25" s="113">
+      <c r="B25" s="93">
         <v>9.6999999999999993</v>
       </c>
-      <c r="C25" s="113">
+      <c r="C25" s="93">
         <v>8.6999999999999993</v>
       </c>
-      <c r="D25" s="113">
+      <c r="D25" s="93">
         <v>9.3000000000000007</v>
       </c>
-      <c r="E25" s="113">
+      <c r="E25" s="93">
         <v>6.8</v>
       </c>
-      <c r="F25" s="113">
+      <c r="F25" s="93">
         <v>4.9000000000000004</v>
       </c>
-      <c r="G25" s="113">
+      <c r="G25" s="93">
         <v>2</v>
       </c>
-      <c r="H25" s="113">
+      <c r="H25" s="93">
         <v>3.4</v>
       </c>
-      <c r="I25" s="113">
+      <c r="I25" s="93">
         <v>3.1</v>
       </c>
-      <c r="J25" s="113">
+      <c r="J25" s="93">
         <v>6.9</v>
       </c>
-      <c r="K25" s="113">
+      <c r="K25" s="93">
         <v>3.8</v>
       </c>
-      <c r="L25" s="113">
+      <c r="L25" s="93">
         <v>4.8</v>
       </c>
-      <c r="M25" s="113">
+      <c r="M25" s="93">
         <v>1.6</v>
       </c>
-      <c r="N25" s="113">
+      <c r="N25" s="93">
         <v>0.6</v>
       </c>
-      <c r="O25" s="113">
+      <c r="O25" s="93">
         <v>0.2</v>
       </c>
-      <c r="P25" s="113">
+      <c r="P25" s="93">
         <v>1.5</v>
       </c>
-      <c r="Q25" s="113">
+      <c r="Q25" s="93">
         <v>2.7</v>
       </c>
-      <c r="R25" s="113">
+      <c r="R25" s="93">
         <v>1.2</v>
       </c>
-      <c r="S25" s="113">
+      <c r="S25" s="93">
         <v>0.73</v>
       </c>
     </row>
-    <row r="26" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A26" s="128" t="s">
+    <row r="26" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A26" s="108" t="s">
         <v>25</v>
       </c>
-      <c r="B26" s="121">
+      <c r="B26" s="101">
         <v>10</v>
       </c>
-      <c r="C26" s="121">
+      <c r="C26" s="101">
         <v>4.4000000000000004</v>
       </c>
-      <c r="D26" s="121">
+      <c r="D26" s="101">
         <v>3.3</v>
       </c>
-      <c r="E26" s="121">
+      <c r="E26" s="101">
         <v>3</v>
       </c>
-      <c r="F26" s="121">
+      <c r="F26" s="101">
         <v>1.3</v>
       </c>
-      <c r="G26" s="121">
+      <c r="G26" s="101">
         <v>0.7</v>
       </c>
-      <c r="H26" s="121">
+      <c r="H26" s="101">
         <v>0.7</v>
       </c>
-      <c r="I26" s="121">
+      <c r="I26" s="101">
         <v>0.6</v>
       </c>
-      <c r="J26" s="121">
+      <c r="J26" s="101">
         <v>1.1000000000000001</v>
       </c>
-      <c r="K26" s="121">
+      <c r="K26" s="101">
         <v>0.7</v>
       </c>
-      <c r="L26" s="121">
+      <c r="L26" s="101">
         <v>1</v>
       </c>
-      <c r="M26" s="121">
+      <c r="M26" s="101">
         <v>0.3</v>
       </c>
-      <c r="N26" s="121">
+      <c r="N26" s="101">
         <v>0.1</v>
       </c>
-      <c r="O26" s="121">
+      <c r="O26" s="101">
         <v>0.1</v>
       </c>
-      <c r="P26" s="121">
+      <c r="P26" s="101">
         <v>0.4</v>
       </c>
-      <c r="Q26" s="121">
+      <c r="Q26" s="101">
         <v>0.9</v>
       </c>
-      <c r="R26" s="121">
+      <c r="R26" s="101">
         <v>0.4</v>
       </c>
-      <c r="S26" s="122">
+      <c r="S26" s="102">
         <v>0.11</v>
       </c>
     </row>
-    <row r="27" spans="1:19" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="129" t="s">
+    <row r="27" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A27" s="109" t="s">
         <v>26</v>
       </c>
-      <c r="B27" s="113">
+      <c r="B27" s="93">
         <v>1.4</v>
       </c>
-      <c r="C27" s="113">
+      <c r="C27" s="93">
         <v>1</v>
       </c>
-      <c r="D27" s="113">
+      <c r="D27" s="93">
         <v>0.5</v>
       </c>
-      <c r="E27" s="113">
+      <c r="E27" s="93">
         <v>0.3</v>
       </c>
-      <c r="F27" s="113">
+      <c r="F27" s="93">
         <v>0</v>
       </c>
-      <c r="G27" s="113">
+      <c r="G27" s="93">
         <v>0.1</v>
       </c>
-      <c r="H27" s="113">
+      <c r="H27" s="93">
         <v>0</v>
       </c>
-      <c r="I27" s="113">
+      <c r="I27" s="93">
         <v>0</v>
       </c>
-      <c r="J27" s="113">
+      <c r="J27" s="93">
         <v>0.2</v>
       </c>
-      <c r="K27" s="113">
+      <c r="K27" s="93">
         <v>0.1</v>
       </c>
-      <c r="L27" s="113">
+      <c r="L27" s="93">
         <v>0.1</v>
       </c>
-      <c r="M27" s="113">
+      <c r="M27" s="93">
         <v>0.1</v>
       </c>
-      <c r="N27" s="113">
+      <c r="N27" s="93">
         <v>0</v>
       </c>
-      <c r="O27" s="113">
+      <c r="O27" s="93">
         <v>0</v>
       </c>
-      <c r="P27" s="113">
+      <c r="P27" s="93">
         <v>0</v>
       </c>
-      <c r="Q27" s="113">
+      <c r="Q27" s="93">
         <v>0</v>
       </c>
-      <c r="R27" s="113">
+      <c r="R27" s="93">
         <v>0</v>
       </c>
-      <c r="S27" s="113">
+      <c r="S27" s="93">
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A28" s="128" t="s">
+    <row r="28" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A28" s="108" t="s">
         <v>27</v>
       </c>
-      <c r="B28" s="121" t="s">
+      <c r="B28" s="101" t="s">
         <v>28</v>
       </c>
-      <c r="C28" s="121" t="s">
+      <c r="C28" s="101" t="s">
         <v>28</v>
       </c>
-      <c r="D28" s="121" t="s">
+      <c r="D28" s="101" t="s">
         <v>28</v>
       </c>
-      <c r="E28" s="121" t="s">
+      <c r="E28" s="101" t="s">
         <v>28</v>
       </c>
-      <c r="F28" s="121" t="s">
+      <c r="F28" s="101" t="s">
         <v>28</v>
       </c>
-      <c r="G28" s="121" t="s">
+      <c r="G28" s="101" t="s">
         <v>28</v>
       </c>
-      <c r="H28" s="121" t="s">
+      <c r="H28" s="101" t="s">
         <v>28</v>
       </c>
-      <c r="I28" s="121" t="s">
+      <c r="I28" s="101" t="s">
         <v>28</v>
       </c>
-      <c r="J28" s="121">
+      <c r="J28" s="101">
         <v>0.2</v>
       </c>
-      <c r="K28" s="121">
+      <c r="K28" s="101">
         <v>0.1</v>
       </c>
-      <c r="L28" s="121">
+      <c r="L28" s="101">
         <v>0.7</v>
       </c>
-      <c r="M28" s="121">
+      <c r="M28" s="101">
         <v>0</v>
       </c>
-      <c r="N28" s="121">
+      <c r="N28" s="101">
         <v>0.1</v>
       </c>
-      <c r="O28" s="121">
+      <c r="O28" s="101">
         <v>0</v>
       </c>
-      <c r="P28" s="121">
+      <c r="P28" s="101">
         <v>0</v>
       </c>
-      <c r="Q28" s="121">
+      <c r="Q28" s="101">
         <v>0.1</v>
       </c>
-      <c r="R28" s="121">
+      <c r="R28" s="101">
         <v>0</v>
       </c>
-      <c r="S28" s="122">
+      <c r="S28" s="102">
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="1:19" s="87" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="130" t="s">
+    <row r="29" spans="1:19" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="110" t="s">
         <v>29</v>
       </c>
-      <c r="B29" s="115" t="s">
+      <c r="B29" s="95" t="s">
         <v>28</v>
       </c>
-      <c r="C29" s="115" t="s">
+      <c r="C29" s="95" t="s">
         <v>28</v>
       </c>
-      <c r="D29" s="115" t="s">
+      <c r="D29" s="95" t="s">
         <v>28</v>
       </c>
-      <c r="E29" s="115" t="s">
+      <c r="E29" s="95" t="s">
         <v>28</v>
       </c>
-      <c r="F29" s="115" t="s">
+      <c r="F29" s="95" t="s">
         <v>28</v>
       </c>
-      <c r="G29" s="115" t="s">
+      <c r="G29" s="95" t="s">
         <v>28</v>
       </c>
-      <c r="H29" s="115" t="s">
+      <c r="H29" s="95" t="s">
         <v>28</v>
       </c>
-      <c r="I29" s="115" t="s">
+      <c r="I29" s="95" t="s">
         <v>28</v>
       </c>
-      <c r="J29" s="115" t="s">
+      <c r="J29" s="95" t="s">
         <v>28</v>
       </c>
-      <c r="K29" s="115">
+      <c r="K29" s="95">
         <v>0</v>
       </c>
-      <c r="L29" s="115">
+      <c r="L29" s="95">
         <v>0</v>
       </c>
-      <c r="M29" s="115">
+      <c r="M29" s="95">
         <v>0</v>
       </c>
-      <c r="N29" s="115">
+      <c r="N29" s="95">
         <v>0</v>
       </c>
-      <c r="O29" s="115">
+      <c r="O29" s="95">
         <v>0</v>
       </c>
-      <c r="P29" s="115">
+      <c r="P29" s="95">
         <v>0</v>
       </c>
-      <c r="Q29" s="115">
+      <c r="Q29" s="95">
         <v>0</v>
       </c>
-      <c r="R29" s="115">
+      <c r="R29" s="95">
         <v>0</v>
       </c>
-      <c r="S29" s="115">
+      <c r="S29" s="95">
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A30" s="126" t="s">
+    <row r="30" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A30" s="106" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="31" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A31" s="127" t="s">
+    <row r="31" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A31" s="107" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="32" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A32" s="126" t="s">
+    <row r="32" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A32" s="106" t="s">
         <v>210</v>
       </c>
     </row>
-    <row r="33" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A33" s="126" t="s">
+    <row r="33" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A33" s="106" t="s">
         <v>211</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AE74BE76-63A8-459E-9061-873EC8E605A8}">
   <dimension ref="A1:N31"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="N10" sqref="N10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="27.5703125" style="136" customWidth="1"/>
-    <col min="2" max="14" width="10.7109375" style="136" customWidth="1"/>
+    <col min="1" max="1" width="27.5546875" style="116" customWidth="1"/>
+    <col min="2" max="14" width="10.6640625" style="116" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A1" s="162" t="s">
+    <row r="1" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A1" s="142" t="s">
         <v>230</v>
       </c>
     </row>
-    <row r="2" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="163" t="s">
+    <row r="2" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="143" t="s">
         <v>229</v>
       </c>
-      <c r="N2" s="161" t="s">
+      <c r="N2" s="141" t="s">
         <v>224</v>
       </c>
     </row>
-    <row r="3" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B3" s="109">
+    <row r="3" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="88"/>
+      <c r="B3" s="89">
         <v>1995</v>
       </c>
-      <c r="C3" s="109">
+      <c r="C3" s="89">
         <v>1997</v>
       </c>
-      <c r="D3" s="109">
+      <c r="D3" s="89">
         <v>1999</v>
       </c>
-      <c r="E3" s="109">
+      <c r="E3" s="89">
         <v>2002</v>
       </c>
-      <c r="F3" s="109">
+      <c r="F3" s="89">
         <v>2004</v>
       </c>
-      <c r="G3" s="109">
+      <c r="G3" s="89">
         <v>2007</v>
       </c>
-      <c r="H3" s="109">
+      <c r="H3" s="89">
         <v>2009</v>
       </c>
-      <c r="I3" s="109">
+      <c r="I3" s="89">
         <v>2012</v>
       </c>
-      <c r="J3" s="109">
+      <c r="J3" s="89">
         <v>2014</v>
       </c>
-      <c r="K3" s="109">
+      <c r="K3" s="89">
         <v>2016</v>
       </c>
-      <c r="L3" s="109">
+      <c r="L3" s="89">
         <v>2019</v>
       </c>
-      <c r="M3" s="109">
+      <c r="M3" s="89">
         <v>2022</v>
       </c>
-      <c r="N3" s="109">
+      <c r="N3" s="89">
         <v>2024</v>
       </c>
     </row>
-    <row r="4" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="71" t="s">
+    <row r="4" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="64" t="s">
         <v>3</v>
       </c>
-      <c r="B4" s="118">
+      <c r="B4" s="98">
         <v>19.5</v>
       </c>
-      <c r="C4" s="118">
+      <c r="C4" s="98">
         <v>19.7</v>
       </c>
-      <c r="D4" s="118">
+      <c r="D4" s="98">
         <v>19</v>
       </c>
-      <c r="E4" s="118">
+      <c r="E4" s="98">
         <v>20</v>
       </c>
-      <c r="F4" s="118">
+      <c r="F4" s="98">
         <v>19.899999999999999</v>
       </c>
-      <c r="G4" s="118">
+      <c r="G4" s="98">
         <v>17.399999999999999</v>
       </c>
-      <c r="H4" s="118">
+      <c r="H4" s="98">
         <v>19.3</v>
       </c>
-      <c r="I4" s="118">
+      <c r="I4" s="98">
         <v>19.2</v>
       </c>
-      <c r="J4" s="118">
+      <c r="J4" s="98">
         <v>15.6</v>
       </c>
-      <c r="K4" s="118">
+      <c r="K4" s="98">
         <v>15.9</v>
       </c>
-      <c r="L4" s="118">
+      <c r="L4" s="98">
         <v>16.899999999999999</v>
       </c>
-      <c r="M4" s="118">
+      <c r="M4" s="98">
         <v>16.600000000000001</v>
       </c>
-      <c r="N4" s="135">
+      <c r="N4" s="115">
         <v>16.7</v>
       </c>
     </row>
-    <row r="5" spans="1:14" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="131" t="s">
+    <row r="5" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A5" s="111" t="s">
         <v>213</v>
       </c>
-      <c r="B5" s="85">
+      <c r="B5" s="2">
         <v>1377</v>
       </c>
-      <c r="C5" s="85">
+      <c r="C5" s="2">
         <v>1724</v>
       </c>
-      <c r="D5" s="85">
+      <c r="D5" s="2">
         <v>1704</v>
       </c>
-      <c r="E5" s="85">
+      <c r="E5" s="2">
         <v>2049</v>
       </c>
-      <c r="F5" s="85">
+      <c r="F5" s="2">
         <v>2211</v>
       </c>
-      <c r="G5" s="85">
+      <c r="G5" s="2">
         <v>2552</v>
       </c>
-      <c r="H5" s="85">
+      <c r="H5" s="2">
         <v>2841</v>
       </c>
-      <c r="I5" s="85">
+      <c r="I5" s="2">
         <v>3626</v>
       </c>
-      <c r="J5" s="85">
+      <c r="J5" s="2">
         <v>4585</v>
       </c>
-      <c r="K5" s="85">
+      <c r="K5" s="2">
         <v>5228</v>
       </c>
-      <c r="L5" s="85">
+      <c r="L5" s="2">
         <v>5873</v>
       </c>
-      <c r="M5" s="85">
+      <c r="M5" s="2">
         <v>6338</v>
       </c>
-      <c r="N5" s="85">
+      <c r="N5" s="2">
         <v>7017</v>
       </c>
     </row>
-    <row r="6" spans="1:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A6" s="132" t="s">
+    <row r="6" spans="1:14" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="112" t="s">
         <v>214</v>
       </c>
-      <c r="B6" s="57">
+      <c r="B6" s="54">
         <v>689</v>
       </c>
-      <c r="C6" s="57">
+      <c r="C6" s="54">
         <v>862</v>
       </c>
-      <c r="D6" s="57">
+      <c r="D6" s="54">
         <v>852</v>
       </c>
-      <c r="E6" s="57">
+      <c r="E6" s="54">
         <v>1025</v>
       </c>
-      <c r="F6" s="57">
+      <c r="F6" s="54">
         <v>1106</v>
       </c>
-      <c r="G6" s="57">
+      <c r="G6" s="54">
         <v>1276</v>
       </c>
-      <c r="H6" s="57">
+      <c r="H6" s="54">
         <v>1421</v>
       </c>
-      <c r="I6" s="57">
+      <c r="I6" s="54">
         <v>1813</v>
       </c>
-      <c r="J6" s="57">
+      <c r="J6" s="54">
         <v>2293</v>
       </c>
-      <c r="K6" s="57">
+      <c r="K6" s="54">
         <v>2614</v>
       </c>
-      <c r="L6" s="57">
+      <c r="L6" s="54">
         <v>2937</v>
       </c>
-      <c r="M6" s="57">
+      <c r="M6" s="54">
         <v>3169</v>
       </c>
-      <c r="N6" s="58">
+      <c r="N6" s="55">
         <v>3509</v>
       </c>
     </row>
-    <row r="7" spans="1:14" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="95" t="s">
+    <row r="7" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A7" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="B7" s="113"/>
-[...14 lines deleted...]
-      <c r="A8" s="133" t="s">
+      <c r="B7" s="93"/>
+      <c r="C7" s="93"/>
+      <c r="D7" s="93"/>
+      <c r="E7" s="93"/>
+      <c r="F7" s="93"/>
+      <c r="G7" s="93"/>
+      <c r="H7" s="93"/>
+      <c r="I7" s="93"/>
+      <c r="J7" s="93"/>
+      <c r="K7" s="93"/>
+      <c r="L7" s="93"/>
+      <c r="M7" s="93"/>
+      <c r="N7" s="93"/>
+    </row>
+    <row r="8" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A8" s="113" t="s">
         <v>5</v>
       </c>
-      <c r="B8" s="121">
+      <c r="B8" s="101">
         <v>18.899999999999999</v>
       </c>
-      <c r="C8" s="121">
+      <c r="C8" s="101">
         <v>18.3</v>
       </c>
-      <c r="D8" s="121">
+      <c r="D8" s="101">
         <v>18.100000000000001</v>
       </c>
-      <c r="E8" s="121">
+      <c r="E8" s="101">
         <v>19</v>
       </c>
-      <c r="F8" s="121">
+      <c r="F8" s="101">
         <v>18.600000000000001</v>
       </c>
-      <c r="G8" s="121">
+      <c r="G8" s="101">
         <v>15.7</v>
       </c>
-      <c r="H8" s="121">
+      <c r="H8" s="101">
         <v>18.8</v>
       </c>
-      <c r="I8" s="121">
+      <c r="I8" s="101">
         <v>18.5</v>
       </c>
-      <c r="J8" s="121">
+      <c r="J8" s="101">
         <v>15.3</v>
       </c>
-      <c r="K8" s="121">
+      <c r="K8" s="101">
         <v>18.2</v>
       </c>
-      <c r="L8" s="121">
+      <c r="L8" s="101">
         <v>18.8</v>
       </c>
-      <c r="M8" s="121">
+      <c r="M8" s="101">
         <v>18.600000000000001</v>
       </c>
-      <c r="N8" s="122">
+      <c r="N8" s="102">
         <v>12.8</v>
       </c>
     </row>
-    <row r="9" spans="1:14" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="131" t="s">
+    <row r="9" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A9" s="111" t="s">
         <v>215</v>
       </c>
-      <c r="B9" s="113">
+      <c r="B9" s="93">
         <v>17.600000000000001</v>
       </c>
-      <c r="C9" s="113">
+      <c r="C9" s="93">
         <v>18.2</v>
       </c>
-      <c r="D9" s="113">
+      <c r="D9" s="93">
         <v>18.899999999999999</v>
       </c>
-      <c r="E9" s="113">
+      <c r="E9" s="93">
         <v>19.7</v>
       </c>
-      <c r="F9" s="113">
+      <c r="F9" s="93">
         <v>18.7</v>
       </c>
-      <c r="G9" s="113">
+      <c r="G9" s="93">
         <v>18.2</v>
       </c>
-      <c r="H9" s="113">
+      <c r="H9" s="93">
         <v>18.100000000000001</v>
       </c>
-      <c r="I9" s="113">
+      <c r="I9" s="93">
         <v>17.399999999999999</v>
       </c>
-      <c r="J9" s="113">
+      <c r="J9" s="93">
         <v>14.3</v>
       </c>
-      <c r="K9" s="113">
+      <c r="K9" s="93">
         <v>10.3</v>
       </c>
-      <c r="L9" s="113">
+      <c r="L9" s="93">
         <v>12.3</v>
       </c>
-      <c r="M9" s="113">
+      <c r="M9" s="93">
         <v>12.1</v>
       </c>
-      <c r="N9" s="113">
+      <c r="N9" s="93">
         <v>9.5</v>
       </c>
     </row>
-    <row r="10" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A10" s="133" t="s">
+    <row r="10" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A10" s="113" t="s">
         <v>7</v>
       </c>
-      <c r="B10" s="121">
+      <c r="B10" s="101">
         <v>14.5</v>
       </c>
-      <c r="C10" s="121">
+      <c r="C10" s="101">
         <v>15.4</v>
       </c>
-      <c r="D10" s="121">
+      <c r="D10" s="101">
         <v>14.3</v>
       </c>
-      <c r="E10" s="121">
+      <c r="E10" s="101">
         <v>15.6</v>
       </c>
-      <c r="F10" s="121">
+      <c r="F10" s="101">
         <v>16.100000000000001</v>
       </c>
-      <c r="G10" s="121">
+      <c r="G10" s="101">
         <v>14.8</v>
       </c>
-      <c r="H10" s="121">
+      <c r="H10" s="101">
         <v>16.600000000000001</v>
       </c>
-      <c r="I10" s="121">
+      <c r="I10" s="101">
         <v>17.8</v>
       </c>
-      <c r="J10" s="121">
+      <c r="J10" s="101">
         <v>13.7</v>
       </c>
-      <c r="K10" s="121">
+      <c r="K10" s="101">
         <v>12</v>
       </c>
-      <c r="L10" s="121">
+      <c r="L10" s="101">
         <v>15.4</v>
       </c>
-      <c r="M10" s="121">
+      <c r="M10" s="101">
         <v>13.7</v>
       </c>
-      <c r="N10" s="122">
+      <c r="N10" s="102">
         <v>9.9</v>
       </c>
     </row>
-    <row r="11" spans="1:14" s="87" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="134" t="s">
+    <row r="11" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="114" t="s">
         <v>8</v>
       </c>
-      <c r="B11" s="115">
+      <c r="B11" s="95">
         <v>11.1</v>
       </c>
-      <c r="C11" s="115">
+      <c r="C11" s="95">
         <v>11.8</v>
       </c>
-      <c r="D11" s="115">
+      <c r="D11" s="95">
         <v>9.5</v>
       </c>
-      <c r="E11" s="115">
+      <c r="E11" s="95">
         <v>18.2</v>
       </c>
-      <c r="F11" s="115">
+      <c r="F11" s="95">
         <v>16.5</v>
       </c>
-      <c r="G11" s="115">
+      <c r="G11" s="95">
         <v>14.8</v>
       </c>
-      <c r="H11" s="115">
+      <c r="H11" s="95">
         <v>10.3</v>
       </c>
-      <c r="I11" s="115">
+      <c r="I11" s="95">
         <v>18.600000000000001</v>
       </c>
-      <c r="J11" s="115">
+      <c r="J11" s="95">
         <v>18.600000000000001</v>
       </c>
-      <c r="K11" s="115">
+      <c r="K11" s="95">
         <v>30.9</v>
       </c>
-      <c r="L11" s="115">
+      <c r="L11" s="95">
         <v>27.9</v>
       </c>
-      <c r="M11" s="115">
+      <c r="M11" s="95">
         <v>30.6</v>
       </c>
-      <c r="N11" s="115">
+      <c r="N11" s="95">
         <v>17.2</v>
       </c>
     </row>
-    <row r="12" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A12" s="79" t="s">
+    <row r="12" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A12" s="72" t="s">
         <v>9</v>
       </c>
-      <c r="B12" s="122"/>
-[...14 lines deleted...]
-      <c r="A13" s="131" t="s">
+      <c r="B12" s="102"/>
+      <c r="C12" s="102"/>
+      <c r="D12" s="102"/>
+      <c r="E12" s="102"/>
+      <c r="F12" s="102"/>
+      <c r="G12" s="102"/>
+      <c r="H12" s="102"/>
+      <c r="I12" s="102"/>
+      <c r="J12" s="102"/>
+      <c r="K12" s="102"/>
+      <c r="L12" s="102"/>
+      <c r="M12" s="102"/>
+      <c r="N12" s="102"/>
+    </row>
+    <row r="13" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A13" s="111" t="s">
         <v>10</v>
       </c>
-      <c r="B13" s="113">
+      <c r="B13" s="93">
         <v>18.2</v>
       </c>
-      <c r="C13" s="113">
+      <c r="C13" s="93">
         <v>18.100000000000001</v>
       </c>
-      <c r="D13" s="113">
+      <c r="D13" s="93">
         <v>18</v>
       </c>
-      <c r="E13" s="113">
+      <c r="E13" s="93">
         <v>18.5</v>
       </c>
-      <c r="F13" s="113">
+      <c r="F13" s="93">
         <v>18.2</v>
       </c>
-      <c r="G13" s="113">
+      <c r="G13" s="93">
         <v>17.7</v>
       </c>
-      <c r="H13" s="113">
+      <c r="H13" s="93">
         <v>17.899999999999999</v>
       </c>
-      <c r="I13" s="113">
+      <c r="I13" s="93">
         <v>17.899999999999999</v>
       </c>
-      <c r="J13" s="113">
+      <c r="J13" s="93">
         <v>13.7</v>
       </c>
-      <c r="K13" s="113">
+      <c r="K13" s="93">
         <v>11.1</v>
       </c>
-      <c r="L13" s="113">
+      <c r="L13" s="93">
         <v>12.8</v>
       </c>
-      <c r="M13" s="113">
+      <c r="M13" s="93">
         <v>11.9</v>
       </c>
-      <c r="N13" s="113">
+      <c r="N13" s="93">
         <v>8.1</v>
       </c>
     </row>
-    <row r="14" spans="1:14" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="132" t="s">
+    <row r="14" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="112" t="s">
         <v>11</v>
       </c>
-      <c r="B14" s="125">
+      <c r="B14" s="105">
         <v>17.399999999999999</v>
       </c>
-      <c r="C14" s="125">
+      <c r="C14" s="105">
         <v>17.600000000000001</v>
       </c>
-      <c r="D14" s="125">
+      <c r="D14" s="105">
         <v>17</v>
       </c>
-      <c r="E14" s="125">
+      <c r="E14" s="105">
         <v>16.100000000000001</v>
       </c>
-      <c r="F14" s="125">
+      <c r="F14" s="105">
         <v>14.9</v>
       </c>
-      <c r="G14" s="125">
+      <c r="G14" s="105">
         <v>12.7</v>
       </c>
-      <c r="H14" s="125">
+      <c r="H14" s="105">
         <v>13.1</v>
       </c>
-      <c r="I14" s="125">
+      <c r="I14" s="105">
         <v>15.1</v>
       </c>
-      <c r="J14" s="125">
+      <c r="J14" s="105">
         <v>14.4</v>
       </c>
-      <c r="K14" s="125">
+      <c r="K14" s="105">
         <v>33</v>
       </c>
-      <c r="L14" s="125">
+      <c r="L14" s="105">
         <v>33.200000000000003</v>
       </c>
-      <c r="M14" s="125">
+      <c r="M14" s="105">
         <v>33.299999999999997</v>
       </c>
-      <c r="N14" s="123">
+      <c r="N14" s="103">
         <v>24.8</v>
       </c>
     </row>
-    <row r="15" spans="1:14" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="95" t="s">
+    <row r="15" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A15" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B15" s="113"/>
-[...14 lines deleted...]
-      <c r="A16" s="128" t="s">
+      <c r="B15" s="93"/>
+      <c r="C15" s="93"/>
+      <c r="D15" s="93"/>
+      <c r="E15" s="93"/>
+      <c r="F15" s="93"/>
+      <c r="G15" s="93"/>
+      <c r="H15" s="93"/>
+      <c r="I15" s="93"/>
+      <c r="J15" s="93"/>
+      <c r="K15" s="93"/>
+      <c r="L15" s="93"/>
+      <c r="M15" s="93"/>
+      <c r="N15" s="93"/>
+    </row>
+    <row r="16" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A16" s="108" t="s">
         <v>13</v>
       </c>
-      <c r="B16" s="121">
+      <c r="B16" s="101">
         <v>16.100000000000001</v>
       </c>
-      <c r="C16" s="121">
+      <c r="C16" s="101">
         <v>15.8</v>
       </c>
-      <c r="D16" s="121">
+      <c r="D16" s="101">
         <v>15.6</v>
       </c>
-      <c r="E16" s="121">
+      <c r="E16" s="101">
         <v>16.100000000000001</v>
       </c>
-      <c r="F16" s="121">
+      <c r="F16" s="101">
         <v>15.3</v>
       </c>
-      <c r="G16" s="121">
+      <c r="G16" s="101">
         <v>14.2</v>
       </c>
-      <c r="H16" s="121">
+      <c r="H16" s="101">
         <v>17.2</v>
       </c>
-      <c r="I16" s="121">
+      <c r="I16" s="101">
         <v>16.100000000000001</v>
       </c>
-      <c r="J16" s="121">
+      <c r="J16" s="101">
         <v>10.199999999999999</v>
       </c>
-      <c r="K16" s="121">
+      <c r="K16" s="101">
         <v>13.5</v>
       </c>
-      <c r="L16" s="121">
+      <c r="L16" s="101">
         <v>15.3</v>
       </c>
-      <c r="M16" s="121">
+      <c r="M16" s="101">
         <v>15.9</v>
       </c>
-      <c r="N16" s="122">
+      <c r="N16" s="102">
         <v>13.7</v>
       </c>
     </row>
-    <row r="17" spans="1:14" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="129" t="s">
+    <row r="17" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A17" s="109" t="s">
         <v>14</v>
       </c>
-      <c r="B17" s="113">
+      <c r="B17" s="93">
         <v>16.3</v>
       </c>
-      <c r="C17" s="113">
+      <c r="C17" s="93">
         <v>18.7</v>
       </c>
-      <c r="D17" s="113">
+      <c r="D17" s="93">
         <v>19.100000000000001</v>
       </c>
-      <c r="E17" s="113">
+      <c r="E17" s="93">
         <v>18.5</v>
       </c>
-      <c r="F17" s="113">
+      <c r="F17" s="93">
         <v>15.7</v>
       </c>
-      <c r="G17" s="113">
+      <c r="G17" s="93">
         <v>11.8</v>
       </c>
-      <c r="H17" s="113">
+      <c r="H17" s="93">
         <v>16</v>
       </c>
-      <c r="I17" s="113">
+      <c r="I17" s="93">
         <v>16.5</v>
       </c>
-      <c r="J17" s="113">
+      <c r="J17" s="93">
         <v>12.1</v>
       </c>
-      <c r="K17" s="113">
+      <c r="K17" s="93">
         <v>15.9</v>
       </c>
-      <c r="L17" s="113">
+      <c r="L17" s="93">
         <v>10.9</v>
       </c>
-      <c r="M17" s="113">
+      <c r="M17" s="93">
         <v>11.9</v>
       </c>
-      <c r="N17" s="113">
+      <c r="N17" s="93">
         <v>13.4</v>
       </c>
     </row>
-    <row r="18" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A18" s="128" t="s">
+    <row r="18" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A18" s="108" t="s">
         <v>15</v>
       </c>
-      <c r="B18" s="121">
+      <c r="B18" s="101">
         <v>20.8</v>
       </c>
-      <c r="C18" s="121">
+      <c r="C18" s="101">
         <v>17.8</v>
       </c>
-      <c r="D18" s="121">
+      <c r="D18" s="101">
         <v>16.7</v>
       </c>
-      <c r="E18" s="121">
+      <c r="E18" s="101">
         <v>15.4</v>
       </c>
-      <c r="F18" s="121">
+      <c r="F18" s="101">
         <v>12.1</v>
       </c>
-      <c r="G18" s="121">
+      <c r="G18" s="101">
         <v>10.199999999999999</v>
       </c>
-      <c r="H18" s="121">
+      <c r="H18" s="101">
         <v>11.4</v>
       </c>
-      <c r="I18" s="121">
+      <c r="I18" s="101">
         <v>14.3</v>
       </c>
-      <c r="J18" s="121">
+      <c r="J18" s="101">
         <v>12.4</v>
       </c>
-      <c r="K18" s="121">
+      <c r="K18" s="101">
         <v>12.1</v>
       </c>
-      <c r="L18" s="121">
+      <c r="L18" s="101">
         <v>9.9</v>
       </c>
-      <c r="M18" s="121">
+      <c r="M18" s="101">
         <v>12.2</v>
       </c>
-      <c r="N18" s="122">
+      <c r="N18" s="102">
         <v>10.8</v>
       </c>
     </row>
-    <row r="19" spans="1:14" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="129" t="s">
+    <row r="19" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A19" s="109" t="s">
         <v>16</v>
       </c>
-      <c r="B19" s="113">
+      <c r="B19" s="93">
         <v>15.8</v>
       </c>
-      <c r="C19" s="113">
+      <c r="C19" s="93">
         <v>15.7</v>
       </c>
-      <c r="D19" s="113">
+      <c r="D19" s="93">
         <v>17.2</v>
       </c>
-      <c r="E19" s="113">
+      <c r="E19" s="93">
         <v>16.100000000000001</v>
       </c>
-      <c r="F19" s="113">
+      <c r="F19" s="93">
         <v>16.3</v>
       </c>
-      <c r="G19" s="113">
+      <c r="G19" s="93">
         <v>16.5</v>
       </c>
-      <c r="H19" s="113">
+      <c r="H19" s="93">
         <v>14.8</v>
       </c>
-      <c r="I19" s="113">
+      <c r="I19" s="93">
         <v>15.4</v>
       </c>
-      <c r="J19" s="113">
+      <c r="J19" s="93">
         <v>8.8000000000000007</v>
       </c>
-      <c r="K19" s="113">
+      <c r="K19" s="93">
         <v>10.7</v>
       </c>
-      <c r="L19" s="113">
+      <c r="L19" s="93">
         <v>17</v>
       </c>
-      <c r="M19" s="113">
+      <c r="M19" s="93">
         <v>13.2</v>
       </c>
-      <c r="N19" s="113">
+      <c r="N19" s="93">
         <v>10.3</v>
       </c>
     </row>
-    <row r="20" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A20" s="128" t="s">
+    <row r="20" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A20" s="108" t="s">
         <v>17</v>
       </c>
-      <c r="B20" s="121">
+      <c r="B20" s="101">
         <v>15.1</v>
       </c>
-      <c r="C20" s="121">
+      <c r="C20" s="101">
         <v>15.6</v>
       </c>
-      <c r="D20" s="121">
+      <c r="D20" s="101">
         <v>17.100000000000001</v>
       </c>
-      <c r="E20" s="121">
+      <c r="E20" s="101">
         <v>18.100000000000001</v>
       </c>
-      <c r="F20" s="121">
+      <c r="F20" s="101">
         <v>16.8</v>
       </c>
-      <c r="G20" s="121">
+      <c r="G20" s="101">
         <v>15.3</v>
       </c>
-      <c r="H20" s="121">
+      <c r="H20" s="101">
         <v>12.7</v>
       </c>
-      <c r="I20" s="121">
+      <c r="I20" s="101">
         <v>15.5</v>
       </c>
-      <c r="J20" s="121">
+      <c r="J20" s="101">
         <v>13</v>
       </c>
-      <c r="K20" s="121">
+      <c r="K20" s="101">
         <v>15.5</v>
       </c>
-      <c r="L20" s="121">
+      <c r="L20" s="101">
         <v>11.6</v>
       </c>
-      <c r="M20" s="121">
+      <c r="M20" s="101">
         <v>13.3</v>
       </c>
-      <c r="N20" s="122">
+      <c r="N20" s="102">
         <v>11.9</v>
       </c>
     </row>
-    <row r="21" spans="1:14" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="129" t="s">
+    <row r="21" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A21" s="109" t="s">
         <v>18</v>
       </c>
-      <c r="B21" s="113">
+      <c r="B21" s="93">
         <v>13.8</v>
       </c>
-      <c r="C21" s="113">
+      <c r="C21" s="93">
         <v>10.3</v>
       </c>
-      <c r="D21" s="113">
+      <c r="D21" s="93">
         <v>9</v>
       </c>
-      <c r="E21" s="113">
+      <c r="E21" s="93">
         <v>12.8</v>
       </c>
-      <c r="F21" s="113">
+      <c r="F21" s="93">
         <v>14</v>
       </c>
-      <c r="G21" s="113">
+      <c r="G21" s="93">
         <v>9.4</v>
       </c>
-      <c r="H21" s="113">
+      <c r="H21" s="93">
         <v>12</v>
       </c>
-      <c r="I21" s="113">
+      <c r="I21" s="93">
         <v>12.7</v>
       </c>
-      <c r="J21" s="113">
+      <c r="J21" s="93">
         <v>12.1</v>
       </c>
-      <c r="K21" s="113">
+      <c r="K21" s="93">
         <v>8.1999999999999993</v>
       </c>
-      <c r="L21" s="113">
+      <c r="L21" s="93">
         <v>6</v>
       </c>
-      <c r="M21" s="113">
+      <c r="M21" s="93">
         <v>7.7</v>
       </c>
-      <c r="N21" s="113">
+      <c r="N21" s="93">
         <v>6.8</v>
       </c>
     </row>
-    <row r="22" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A22" s="128" t="s">
+    <row r="22" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A22" s="108" t="s">
         <v>19</v>
       </c>
-      <c r="B22" s="121">
+      <c r="B22" s="101">
         <v>18.399999999999999</v>
       </c>
-      <c r="C22" s="121">
+      <c r="C22" s="101">
         <v>16.5</v>
       </c>
-      <c r="D22" s="121">
+      <c r="D22" s="101">
         <v>16.600000000000001</v>
       </c>
-      <c r="E22" s="121">
+      <c r="E22" s="101">
         <v>20.3</v>
       </c>
-      <c r="F22" s="121">
+      <c r="F22" s="101">
         <v>15.8</v>
       </c>
-      <c r="G22" s="121">
+      <c r="G22" s="101">
         <v>15.2</v>
       </c>
-      <c r="H22" s="121">
+      <c r="H22" s="101">
         <v>15.4</v>
       </c>
-      <c r="I22" s="121">
+      <c r="I22" s="101">
         <v>16.5</v>
       </c>
-      <c r="J22" s="121">
+      <c r="J22" s="101">
         <v>12.4</v>
       </c>
-      <c r="K22" s="121">
+      <c r="K22" s="101">
         <v>6.6</v>
       </c>
-      <c r="L22" s="121">
+      <c r="L22" s="101">
         <v>13.2</v>
       </c>
-      <c r="M22" s="121">
+      <c r="M22" s="101">
         <v>15.3</v>
       </c>
-      <c r="N22" s="122">
+      <c r="N22" s="102">
         <v>15.1</v>
       </c>
     </row>
-    <row r="23" spans="1:14" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="129" t="s">
+    <row r="23" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A23" s="109" t="s">
         <v>20</v>
       </c>
-      <c r="B23" s="113">
+      <c r="B23" s="93">
         <v>16.5</v>
       </c>
-      <c r="C23" s="113">
+      <c r="C23" s="93">
         <v>15.4</v>
       </c>
-      <c r="D23" s="113">
+      <c r="D23" s="93">
         <v>15.7</v>
       </c>
-      <c r="E23" s="113">
+      <c r="E23" s="93">
         <v>17.600000000000001</v>
       </c>
-      <c r="F23" s="113">
+      <c r="F23" s="93">
         <v>18.399999999999999</v>
       </c>
-      <c r="G23" s="113">
+      <c r="G23" s="93">
         <v>14.3</v>
       </c>
-      <c r="H23" s="113">
+      <c r="H23" s="93">
         <v>13.3</v>
       </c>
-      <c r="I23" s="113">
+      <c r="I23" s="93">
         <v>18.600000000000001</v>
       </c>
-      <c r="J23" s="113">
+      <c r="J23" s="93">
         <v>16</v>
       </c>
-      <c r="K23" s="113">
+      <c r="K23" s="93">
         <v>14.1</v>
       </c>
-      <c r="L23" s="113">
+      <c r="L23" s="93">
         <v>11.3</v>
       </c>
-      <c r="M23" s="113">
+      <c r="M23" s="93">
         <v>13.5</v>
       </c>
-      <c r="N23" s="113">
+      <c r="N23" s="93">
         <v>11.4</v>
       </c>
     </row>
-    <row r="24" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A24" s="128" t="s">
+    <row r="24" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A24" s="108" t="s">
         <v>21</v>
       </c>
-      <c r="B24" s="121">
+      <c r="B24" s="101">
         <v>13.1</v>
       </c>
-      <c r="C24" s="121">
+      <c r="C24" s="101">
         <v>15.1</v>
       </c>
-      <c r="D24" s="121">
+      <c r="D24" s="101">
         <v>15.7</v>
       </c>
-      <c r="E24" s="121">
+      <c r="E24" s="101">
         <v>19.5</v>
       </c>
-      <c r="F24" s="121">
+      <c r="F24" s="101">
         <v>15.8</v>
       </c>
-      <c r="G24" s="121">
+      <c r="G24" s="101">
         <v>18.899999999999999</v>
       </c>
-      <c r="H24" s="121">
+      <c r="H24" s="101">
         <v>17</v>
       </c>
-      <c r="I24" s="121">
+      <c r="I24" s="101">
         <v>19.2</v>
       </c>
-      <c r="J24" s="121">
+      <c r="J24" s="101">
         <v>10.1</v>
       </c>
-      <c r="K24" s="121">
+      <c r="K24" s="101">
         <v>12</v>
       </c>
-      <c r="L24" s="121">
+      <c r="L24" s="101">
         <v>12</v>
       </c>
-      <c r="M24" s="121">
+      <c r="M24" s="101">
         <v>12.6</v>
       </c>
-      <c r="N24" s="122">
+      <c r="N24" s="102">
         <v>11.3</v>
       </c>
     </row>
-    <row r="25" spans="1:14" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="129" t="s">
+    <row r="25" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A25" s="109" t="s">
         <v>22</v>
       </c>
-      <c r="B25" s="113">
+      <c r="B25" s="93">
         <v>19.399999999999999</v>
       </c>
-      <c r="C25" s="113">
+      <c r="C25" s="93">
         <v>20.2</v>
       </c>
-      <c r="D25" s="113">
+      <c r="D25" s="93">
         <v>19</v>
       </c>
-      <c r="E25" s="113">
+      <c r="E25" s="93">
         <v>17.3</v>
       </c>
-      <c r="F25" s="113">
+      <c r="F25" s="93">
         <v>17.8</v>
       </c>
-      <c r="G25" s="113">
+      <c r="G25" s="93">
         <v>16</v>
       </c>
-      <c r="H25" s="113">
+      <c r="H25" s="93">
         <v>16.2</v>
       </c>
-      <c r="I25" s="113">
+      <c r="I25" s="93">
         <v>15.6</v>
       </c>
-      <c r="J25" s="113">
+      <c r="J25" s="93">
         <v>11.1</v>
       </c>
-      <c r="K25" s="113">
+      <c r="K25" s="93">
         <v>10.7</v>
       </c>
-      <c r="L25" s="113">
+      <c r="L25" s="93">
         <v>15.3</v>
       </c>
-      <c r="M25" s="113">
+      <c r="M25" s="93">
         <v>14.2</v>
       </c>
-      <c r="N25" s="113">
+      <c r="N25" s="93">
         <v>8.5</v>
       </c>
     </row>
-    <row r="26" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A26" s="128" t="s">
+    <row r="26" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A26" s="108" t="s">
         <v>23</v>
       </c>
-      <c r="B26" s="121">
+      <c r="B26" s="101">
         <v>18.7</v>
       </c>
-      <c r="C26" s="121">
+      <c r="C26" s="101">
         <v>19.8</v>
       </c>
-      <c r="D26" s="121">
+      <c r="D26" s="101">
         <v>18.7</v>
       </c>
-      <c r="E26" s="121">
+      <c r="E26" s="101">
         <v>15.8</v>
       </c>
-      <c r="F26" s="121">
+      <c r="F26" s="101">
         <v>16.100000000000001</v>
       </c>
-      <c r="G26" s="121">
+      <c r="G26" s="101">
         <v>13.3</v>
       </c>
-      <c r="H26" s="121">
+      <c r="H26" s="101">
         <v>12.1</v>
       </c>
-      <c r="I26" s="121">
+      <c r="I26" s="101">
         <v>20.5</v>
       </c>
-      <c r="J26" s="121">
+      <c r="J26" s="101">
         <v>13.7</v>
       </c>
-      <c r="K26" s="121">
+      <c r="K26" s="101">
         <v>10.199999999999999</v>
       </c>
-      <c r="L26" s="121">
+      <c r="L26" s="101">
         <v>8.1999999999999993</v>
       </c>
-      <c r="M26" s="121">
+      <c r="M26" s="101">
         <v>6.9</v>
       </c>
-      <c r="N26" s="122">
+      <c r="N26" s="102">
         <v>9.9</v>
       </c>
     </row>
-    <row r="27" spans="1:14" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="129" t="s">
+    <row r="27" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A27" s="109" t="s">
         <v>24</v>
       </c>
-      <c r="B27" s="113">
+      <c r="B27" s="93">
         <v>19.600000000000001</v>
       </c>
-      <c r="C27" s="113">
+      <c r="C27" s="93">
         <v>19.7</v>
       </c>
-      <c r="D27" s="113">
+      <c r="D27" s="93">
         <v>16.3</v>
       </c>
-      <c r="E27" s="113">
+      <c r="E27" s="93">
         <v>21.1</v>
       </c>
-      <c r="F27" s="113">
+      <c r="F27" s="93">
         <v>21.2</v>
       </c>
-      <c r="G27" s="113">
+      <c r="G27" s="93">
         <v>15.8</v>
       </c>
-      <c r="H27" s="113">
+      <c r="H27" s="93">
         <v>19.5</v>
       </c>
-      <c r="I27" s="113">
+      <c r="I27" s="93">
         <v>18.600000000000001</v>
       </c>
-      <c r="J27" s="113">
+      <c r="J27" s="93">
         <v>16.3</v>
       </c>
-      <c r="K27" s="113">
+      <c r="K27" s="93">
         <v>17.600000000000001</v>
       </c>
-      <c r="L27" s="113">
+      <c r="L27" s="93">
         <v>14.7</v>
       </c>
-      <c r="M27" s="113">
+      <c r="M27" s="93">
         <v>14.5</v>
       </c>
-      <c r="N27" s="113">
+      <c r="N27" s="93">
         <v>14.2</v>
       </c>
     </row>
-    <row r="28" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A28" s="128" t="s">
+    <row r="28" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A28" s="108" t="s">
         <v>25</v>
       </c>
-      <c r="B28" s="121">
+      <c r="B28" s="101">
         <v>17.899999999999999</v>
       </c>
-      <c r="C28" s="121">
+      <c r="C28" s="101">
         <v>16.8</v>
       </c>
-      <c r="D28" s="121">
+      <c r="D28" s="101">
         <v>16.2</v>
       </c>
-      <c r="E28" s="121">
+      <c r="E28" s="101">
         <v>18</v>
       </c>
-      <c r="F28" s="121">
+      <c r="F28" s="101">
         <v>15.1</v>
       </c>
-      <c r="G28" s="121">
+      <c r="G28" s="101">
         <v>13.6</v>
       </c>
-      <c r="H28" s="121">
+      <c r="H28" s="101">
         <v>16.399999999999999</v>
       </c>
-      <c r="I28" s="121">
+      <c r="I28" s="101">
         <v>19.600000000000001</v>
       </c>
-      <c r="J28" s="121">
+      <c r="J28" s="101">
         <v>17.100000000000001</v>
       </c>
-      <c r="K28" s="121">
+      <c r="K28" s="101">
         <v>16.8</v>
       </c>
-      <c r="L28" s="121">
+      <c r="L28" s="101">
         <v>15.2</v>
       </c>
-      <c r="M28" s="121">
+      <c r="M28" s="101">
         <v>16.2</v>
       </c>
-      <c r="N28" s="122">
+      <c r="N28" s="102">
         <v>14.6</v>
       </c>
     </row>
-    <row r="29" spans="1:14" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="129" t="s">
+    <row r="29" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A29" s="109" t="s">
         <v>26</v>
       </c>
-      <c r="B29" s="113">
+      <c r="B29" s="93">
         <v>17.3</v>
       </c>
-      <c r="C29" s="113">
+      <c r="C29" s="93">
         <v>18.8</v>
       </c>
-      <c r="D29" s="113">
+      <c r="D29" s="93">
         <v>17.399999999999999</v>
       </c>
-      <c r="E29" s="113">
+      <c r="E29" s="93">
         <v>18.2</v>
       </c>
-      <c r="F29" s="113">
+      <c r="F29" s="93">
         <v>18.7</v>
       </c>
-      <c r="G29" s="113">
+      <c r="G29" s="93">
         <v>17.8</v>
       </c>
-      <c r="H29" s="113">
+      <c r="H29" s="93">
         <v>16.8</v>
       </c>
-      <c r="I29" s="113">
+      <c r="I29" s="93">
         <v>12.3</v>
       </c>
-      <c r="J29" s="113">
+      <c r="J29" s="93">
         <v>13.3</v>
       </c>
-      <c r="K29" s="113">
+      <c r="K29" s="93">
         <v>13.8</v>
       </c>
-      <c r="L29" s="113">
+      <c r="L29" s="93">
         <v>10.6</v>
       </c>
-      <c r="M29" s="113">
+      <c r="M29" s="93">
         <v>12.7</v>
       </c>
-      <c r="N29" s="113">
+      <c r="N29" s="93">
         <v>11.8</v>
       </c>
     </row>
-    <row r="30" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A30" s="128" t="s">
+    <row r="30" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A30" s="108" t="s">
         <v>27</v>
       </c>
-      <c r="B30" s="121" t="s">
+      <c r="B30" s="101" t="s">
         <v>28</v>
       </c>
-      <c r="C30" s="121" t="s">
+      <c r="C30" s="101" t="s">
         <v>28</v>
       </c>
-      <c r="D30" s="121">
+      <c r="D30" s="101">
         <v>21.6</v>
       </c>
-      <c r="E30" s="121">
+      <c r="E30" s="101">
         <v>21.6</v>
       </c>
-      <c r="F30" s="121">
+      <c r="F30" s="101">
         <v>14.1</v>
       </c>
-      <c r="G30" s="121">
+      <c r="G30" s="101">
         <v>15.3</v>
       </c>
-      <c r="H30" s="121">
+      <c r="H30" s="101">
         <v>17.899999999999999</v>
       </c>
-      <c r="I30" s="121">
+      <c r="I30" s="101">
         <v>17.600000000000001</v>
       </c>
-      <c r="J30" s="121">
+      <c r="J30" s="101">
         <v>14.1</v>
       </c>
-      <c r="K30" s="121">
+      <c r="K30" s="101">
         <v>11.6</v>
       </c>
-      <c r="L30" s="121">
+      <c r="L30" s="101">
         <v>12.9</v>
       </c>
-      <c r="M30" s="121">
+      <c r="M30" s="101">
         <v>7</v>
       </c>
-      <c r="N30" s="122">
+      <c r="N30" s="102">
         <v>13.7</v>
       </c>
     </row>
-    <row r="31" spans="1:14" s="87" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="130" t="s">
+    <row r="31" spans="1:14" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="110" t="s">
         <v>29</v>
       </c>
-      <c r="B31" s="115" t="s">
+      <c r="B31" s="95" t="s">
         <v>28</v>
       </c>
-      <c r="C31" s="115" t="s">
+      <c r="C31" s="95" t="s">
         <v>28</v>
       </c>
-      <c r="D31" s="115" t="s">
+      <c r="D31" s="95" t="s">
         <v>28</v>
       </c>
-      <c r="E31" s="115" t="s">
+      <c r="E31" s="95" t="s">
         <v>28</v>
       </c>
-      <c r="F31" s="115" t="s">
+      <c r="F31" s="95" t="s">
         <v>28</v>
       </c>
-      <c r="G31" s="115">
+      <c r="G31" s="95">
         <v>16.600000000000001</v>
       </c>
-      <c r="H31" s="115">
+      <c r="H31" s="95">
         <v>11.1</v>
       </c>
-      <c r="I31" s="115">
+      <c r="I31" s="95">
         <v>4.9000000000000004</v>
       </c>
-      <c r="J31" s="115">
+      <c r="J31" s="95">
         <v>7.9</v>
       </c>
-      <c r="K31" s="115">
+      <c r="K31" s="95">
         <v>6.8</v>
       </c>
-      <c r="L31" s="115">
+      <c r="L31" s="95">
         <v>12.1</v>
       </c>
-      <c r="M31" s="115">
+      <c r="M31" s="95">
         <v>11.4</v>
       </c>
-      <c r="N31" s="115">
+      <c r="N31" s="95">
         <v>10.9</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4686C0EF-67A9-430A-AFE2-0B25EE26C12E}">
   <dimension ref="A1:U33"/>
   <sheetViews>
     <sheetView zoomScale="98" zoomScaleNormal="98" workbookViewId="0">
       <selection activeCell="Z22" sqref="Z22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="23.7109375" customWidth="1"/>
-    <col min="2" max="21" width="10.7109375" customWidth="1"/>
+    <col min="1" max="1" width="23.6640625" customWidth="1"/>
+    <col min="2" max="21" width="10.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A1" s="162" t="s">
+    <row r="1" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A1" s="142" t="s">
         <v>232</v>
       </c>
     </row>
-    <row r="2" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="163" t="s">
+    <row r="2" spans="1:21" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="143" t="s">
         <v>233</v>
       </c>
-      <c r="U2" s="161" t="s">
+      <c r="U2" s="141" t="s">
         <v>224</v>
       </c>
     </row>
-    <row r="3" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B3" s="106" t="s">
+    <row r="3" spans="1:21" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="85"/>
+      <c r="B3" s="86" t="s">
         <v>30</v>
       </c>
-      <c r="C3" s="106">
+      <c r="C3" s="86">
         <v>1976</v>
       </c>
-      <c r="D3" s="106">
+      <c r="D3" s="86">
         <v>1979</v>
       </c>
-      <c r="E3" s="106">
+      <c r="E3" s="86">
         <v>1984</v>
       </c>
-      <c r="F3" s="106">
+      <c r="F3" s="86">
         <v>1987</v>
       </c>
-      <c r="G3" s="106" t="s">
+      <c r="G3" s="86" t="s">
         <v>31</v>
       </c>
-      <c r="H3" s="106">
+      <c r="H3" s="86">
         <v>1992</v>
       </c>
-      <c r="I3" s="106">
+      <c r="I3" s="86">
         <v>1995</v>
       </c>
-      <c r="J3" s="106">
+      <c r="J3" s="86">
         <v>1997</v>
       </c>
-      <c r="K3" s="106">
+      <c r="K3" s="86">
         <v>1999</v>
       </c>
-      <c r="L3" s="106">
+      <c r="L3" s="86">
         <v>2002</v>
       </c>
-      <c r="M3" s="106">
+      <c r="M3" s="86">
         <v>2004</v>
       </c>
-      <c r="N3" s="106">
+      <c r="N3" s="86">
         <v>2007</v>
       </c>
-      <c r="O3" s="106">
+      <c r="O3" s="86">
         <v>2009</v>
       </c>
-      <c r="P3" s="106">
+      <c r="P3" s="86">
         <v>2012</v>
       </c>
-      <c r="Q3" s="106">
+      <c r="Q3" s="86">
         <v>2014</v>
       </c>
-      <c r="R3" s="106">
+      <c r="R3" s="86">
         <v>2016</v>
       </c>
-      <c r="S3" s="106" t="s">
+      <c r="S3" s="86" t="s">
         <v>32</v>
       </c>
-      <c r="T3" s="106">
+      <c r="T3" s="86">
         <v>2022</v>
       </c>
-      <c r="U3" s="107">
+      <c r="U3" s="87">
         <v>2024</v>
       </c>
     </row>
-    <row r="4" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="137" t="s">
+    <row r="4" spans="1:21" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="117" t="s">
         <v>3</v>
       </c>
-      <c r="B4" s="154">
+      <c r="B4" s="134">
         <v>49.3</v>
       </c>
-      <c r="C4" s="154">
+      <c r="C4" s="134">
         <v>37.700000000000003</v>
       </c>
-      <c r="D4" s="154">
+      <c r="D4" s="134">
         <v>37.4</v>
       </c>
-      <c r="E4" s="154">
+      <c r="E4" s="134">
         <v>20.7</v>
       </c>
-      <c r="F4" s="154">
+      <c r="F4" s="134">
         <v>19.399999999999999</v>
       </c>
-      <c r="G4" s="154">
+      <c r="G4" s="134">
         <v>16.5</v>
       </c>
-      <c r="H4" s="154">
+      <c r="H4" s="134">
         <v>12.4</v>
       </c>
-      <c r="I4" s="154">
+      <c r="I4" s="134">
         <v>8.6999999999999993</v>
       </c>
-      <c r="J4" s="154">
+      <c r="J4" s="134">
         <v>6.1</v>
       </c>
-      <c r="K4" s="154">
+      <c r="K4" s="134">
         <v>7.5</v>
       </c>
-      <c r="L4" s="154">
+      <c r="L4" s="134">
         <v>5.0999999999999996</v>
       </c>
-      <c r="M4" s="154">
+      <c r="M4" s="134">
         <v>5.7</v>
       </c>
-      <c r="N4" s="154">
+      <c r="N4" s="134">
         <v>3.6</v>
       </c>
-      <c r="O4" s="154">
+      <c r="O4" s="134">
         <v>3.8</v>
       </c>
-      <c r="P4" s="154">
+      <c r="P4" s="134">
         <v>1.7</v>
       </c>
-      <c r="Q4" s="154">
+      <c r="Q4" s="134">
         <v>0.6</v>
       </c>
-      <c r="R4" s="154">
+      <c r="R4" s="134">
         <v>0.4</v>
       </c>
-      <c r="S4" s="154">
+      <c r="S4" s="134">
         <v>5.6</v>
       </c>
-      <c r="T4" s="154">
+      <c r="T4" s="134">
         <v>6.2</v>
       </c>
-      <c r="U4" s="155">
+      <c r="U4" s="135">
         <v>5.0999999999999996</v>
       </c>
     </row>
-    <row r="5" spans="1:21" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="145" t="s">
+    <row r="5" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A5" s="125" t="s">
         <v>33</v>
       </c>
-      <c r="B5" s="146"/>
-[...21 lines deleted...]
-      <c r="A6" s="140" t="s">
+      <c r="B5" s="126"/>
+      <c r="C5" s="126"/>
+      <c r="D5" s="126"/>
+      <c r="E5" s="126"/>
+      <c r="F5" s="126"/>
+      <c r="G5" s="126"/>
+      <c r="H5" s="126"/>
+      <c r="I5" s="126"/>
+      <c r="J5" s="126"/>
+      <c r="K5" s="126"/>
+      <c r="L5" s="126"/>
+      <c r="M5" s="126"/>
+      <c r="N5" s="126"/>
+      <c r="O5" s="126"/>
+      <c r="P5" s="126"/>
+      <c r="Q5" s="126"/>
+      <c r="R5" s="126"/>
+      <c r="S5" s="126"/>
+      <c r="T5" s="126"/>
+      <c r="U5" s="126"/>
+    </row>
+    <row r="6" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A6" s="120" t="s">
         <v>5</v>
       </c>
-      <c r="B6" s="141">
+      <c r="B6" s="121">
         <v>64.8</v>
       </c>
-      <c r="C6" s="141">
+      <c r="C6" s="121">
         <v>46.4</v>
       </c>
-      <c r="D6" s="141">
+      <c r="D6" s="121">
         <v>49.2</v>
       </c>
-      <c r="E6" s="141">
+      <c r="E6" s="121">
         <v>28.7</v>
       </c>
-      <c r="F6" s="141">
+      <c r="F6" s="121">
         <v>26.6</v>
       </c>
-      <c r="G6" s="141">
+      <c r="G6" s="121">
         <v>23</v>
       </c>
-      <c r="H6" s="141">
+      <c r="H6" s="121">
         <v>17.5</v>
       </c>
-      <c r="I6" s="141">
+      <c r="I6" s="121">
         <v>12.2</v>
       </c>
-      <c r="J6" s="141">
+      <c r="J6" s="121">
         <v>9</v>
       </c>
-      <c r="K6" s="141">
+      <c r="K6" s="121">
         <v>10.199999999999999</v>
       </c>
-      <c r="L6" s="141">
+      <c r="L6" s="121">
         <v>7.3</v>
       </c>
-      <c r="M6" s="141">
+      <c r="M6" s="121">
         <v>8.3000000000000007</v>
       </c>
-      <c r="N6" s="141">
+      <c r="N6" s="121">
         <v>5.3</v>
       </c>
-      <c r="O6" s="141">
+      <c r="O6" s="121">
         <v>5.3</v>
       </c>
-      <c r="P6" s="141">
+      <c r="P6" s="121">
         <v>2.2000000000000002</v>
       </c>
-      <c r="Q6" s="141">
+      <c r="Q6" s="121">
         <v>0.8</v>
       </c>
-      <c r="R6" s="141">
+      <c r="R6" s="121">
         <v>0.5</v>
       </c>
-      <c r="S6" s="141">
+      <c r="S6" s="121">
         <v>7.2</v>
       </c>
-      <c r="T6" s="141">
+      <c r="T6" s="121">
         <v>7.9</v>
       </c>
-      <c r="U6" s="142">
+      <c r="U6" s="122">
         <v>6.6</v>
       </c>
     </row>
-    <row r="7" spans="1:21" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="147" t="s">
+    <row r="7" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A7" s="127" t="s">
         <v>34</v>
       </c>
-      <c r="B7" s="148">
+      <c r="B7" s="128">
         <v>26</v>
       </c>
-      <c r="C7" s="148">
+      <c r="C7" s="128">
         <v>17.399999999999999</v>
       </c>
-      <c r="D7" s="148">
+      <c r="D7" s="128">
         <v>16.5</v>
       </c>
-      <c r="E7" s="148">
+      <c r="E7" s="128">
         <v>7.8</v>
       </c>
-      <c r="F7" s="148">
+      <c r="F7" s="128">
         <v>7</v>
       </c>
-      <c r="G7" s="148">
+      <c r="G7" s="128">
         <v>5.4</v>
       </c>
-      <c r="H7" s="148">
+      <c r="H7" s="128">
         <v>3.2</v>
       </c>
-      <c r="I7" s="148">
+      <c r="I7" s="128">
         <v>2.1</v>
       </c>
-      <c r="J7" s="148">
+      <c r="J7" s="128">
         <v>1.1000000000000001</v>
       </c>
-      <c r="K7" s="148">
+      <c r="K7" s="128">
         <v>2.6</v>
       </c>
-      <c r="L7" s="148">
+      <c r="L7" s="128">
         <v>1.5</v>
       </c>
-      <c r="M7" s="148">
+      <c r="M7" s="128">
         <v>0.6</v>
       </c>
-      <c r="N7" s="148">
+      <c r="N7" s="128">
         <v>0.6</v>
       </c>
-      <c r="O7" s="148">
+      <c r="O7" s="128">
         <v>0.6</v>
       </c>
-      <c r="P7" s="148">
+      <c r="P7" s="128">
         <v>0.3</v>
       </c>
-      <c r="Q7" s="148">
+      <c r="Q7" s="128">
         <v>0.1</v>
       </c>
-      <c r="R7" s="148">
+      <c r="R7" s="128">
         <v>0.1</v>
       </c>
-      <c r="S7" s="148">
+      <c r="S7" s="128">
         <v>1.4</v>
       </c>
-      <c r="T7" s="148">
+      <c r="T7" s="128">
         <v>1.9</v>
       </c>
-      <c r="U7" s="148">
+      <c r="U7" s="128">
         <v>1.5</v>
       </c>
     </row>
-    <row r="8" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A8" s="140" t="s">
+    <row r="8" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A8" s="120" t="s">
         <v>35</v>
       </c>
-      <c r="B8" s="141">
+      <c r="B8" s="121">
         <v>39.200000000000003</v>
       </c>
-      <c r="C8" s="141">
+      <c r="C8" s="121">
         <v>27.3</v>
       </c>
-      <c r="D8" s="141">
+      <c r="D8" s="121">
         <v>19.8</v>
       </c>
-      <c r="E8" s="141">
+      <c r="E8" s="121">
         <v>10.1</v>
       </c>
-      <c r="F8" s="141">
+      <c r="F8" s="121">
         <v>9.6</v>
       </c>
-      <c r="G8" s="141">
+      <c r="G8" s="121">
         <v>7.6</v>
       </c>
-      <c r="H8" s="141">
+      <c r="H8" s="121">
         <v>4.5</v>
       </c>
-      <c r="I8" s="141">
+      <c r="I8" s="121">
         <v>2.6</v>
       </c>
-      <c r="J8" s="141">
+      <c r="J8" s="121">
         <v>1.3</v>
       </c>
-      <c r="K8" s="141">
+      <c r="K8" s="121">
         <v>1.9</v>
       </c>
-      <c r="L8" s="141">
+      <c r="L8" s="121">
         <v>1.9</v>
       </c>
-      <c r="M8" s="141">
+      <c r="M8" s="121">
         <v>2.9</v>
       </c>
-      <c r="N8" s="141">
+      <c r="N8" s="121">
         <v>2.6</v>
       </c>
-      <c r="O8" s="141">
+      <c r="O8" s="121">
         <v>2.5</v>
       </c>
-      <c r="P8" s="141">
+      <c r="P8" s="121">
         <v>1.8</v>
       </c>
-      <c r="Q8" s="141">
+      <c r="Q8" s="121">
         <v>0.6</v>
       </c>
-      <c r="R8" s="141">
+      <c r="R8" s="121">
         <v>0.1</v>
       </c>
-      <c r="S8" s="141">
+      <c r="S8" s="121">
         <v>4.8</v>
       </c>
-      <c r="T8" s="141">
+      <c r="T8" s="121">
         <v>5.4</v>
       </c>
-      <c r="U8" s="142">
+      <c r="U8" s="122">
         <v>3.2</v>
       </c>
     </row>
-    <row r="9" spans="1:21" s="87" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="149" t="s">
+    <row r="9" spans="1:21" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="129" t="s">
         <v>36</v>
       </c>
-      <c r="B9" s="150">
+      <c r="B9" s="130">
         <v>44.8</v>
       </c>
-      <c r="C9" s="150">
+      <c r="C9" s="130">
         <v>33.799999999999997</v>
       </c>
-      <c r="D9" s="150">
+      <c r="D9" s="130">
         <v>28.9</v>
       </c>
-      <c r="E9" s="150">
+      <c r="E9" s="130">
         <v>18.8</v>
       </c>
-      <c r="F9" s="150">
+      <c r="F9" s="130">
         <v>20.3</v>
       </c>
-      <c r="G9" s="150">
+      <c r="G9" s="130">
         <v>22.8</v>
       </c>
-      <c r="H9" s="150">
+      <c r="H9" s="130">
         <v>21.7</v>
       </c>
-      <c r="I9" s="150">
+      <c r="I9" s="130">
         <v>22.5</v>
       </c>
-      <c r="J9" s="150">
+      <c r="J9" s="130">
         <v>13</v>
       </c>
-      <c r="K9" s="150">
+      <c r="K9" s="130">
         <v>21.7</v>
       </c>
-      <c r="L9" s="150">
+      <c r="L9" s="130">
         <v>14.3</v>
       </c>
-      <c r="M9" s="150">
+      <c r="M9" s="130">
         <v>6.9</v>
       </c>
-      <c r="N9" s="150">
+      <c r="N9" s="130">
         <v>10.1</v>
       </c>
-      <c r="O9" s="150">
+      <c r="O9" s="130">
         <v>6.7</v>
       </c>
-      <c r="P9" s="150">
+      <c r="P9" s="130">
         <v>1.5</v>
       </c>
-      <c r="Q9" s="150">
+      <c r="Q9" s="130">
         <v>0.9</v>
       </c>
-      <c r="R9" s="150">
+      <c r="R9" s="130">
         <v>1.5</v>
       </c>
-      <c r="S9" s="150">
+      <c r="S9" s="130">
         <v>13.5</v>
       </c>
-      <c r="T9" s="150">
+      <c r="T9" s="130">
         <v>6.5</v>
       </c>
-      <c r="U9" s="150">
+      <c r="U9" s="130">
         <v>5.6</v>
       </c>
     </row>
-    <row r="10" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A10" s="140" t="s">
+    <row r="10" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A10" s="120" t="s">
         <v>9</v>
       </c>
-      <c r="B10" s="143"/>
-[...21 lines deleted...]
-      <c r="A11" s="147" t="s">
+      <c r="B10" s="123"/>
+      <c r="C10" s="123"/>
+      <c r="D10" s="123"/>
+      <c r="E10" s="123"/>
+      <c r="F10" s="123"/>
+      <c r="G10" s="123"/>
+      <c r="H10" s="123"/>
+      <c r="I10" s="123"/>
+      <c r="J10" s="123"/>
+      <c r="K10" s="123"/>
+      <c r="L10" s="123"/>
+      <c r="M10" s="123"/>
+      <c r="N10" s="123"/>
+      <c r="O10" s="123"/>
+      <c r="P10" s="123"/>
+      <c r="Q10" s="123"/>
+      <c r="R10" s="123"/>
+      <c r="S10" s="123"/>
+      <c r="T10" s="123"/>
+      <c r="U10" s="123"/>
+    </row>
+    <row r="11" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A11" s="127" t="s">
         <v>37</v>
       </c>
-      <c r="B11" s="148">
+      <c r="B11" s="128">
         <v>21.3</v>
       </c>
-      <c r="C11" s="148">
+      <c r="C11" s="128">
         <v>15.4</v>
       </c>
-      <c r="D11" s="148">
+      <c r="D11" s="128">
         <v>17.5</v>
       </c>
-      <c r="E11" s="148">
+      <c r="E11" s="128">
         <v>8.5</v>
       </c>
-      <c r="F11" s="148">
+      <c r="F11" s="128">
         <v>8.5</v>
       </c>
-      <c r="G11" s="148">
+      <c r="G11" s="128">
         <v>7.1</v>
       </c>
-      <c r="H11" s="148">
+      <c r="H11" s="128">
         <v>4.7</v>
       </c>
-      <c r="I11" s="148">
+      <c r="I11" s="128">
         <v>3.6</v>
       </c>
-      <c r="J11" s="148">
+      <c r="J11" s="128">
         <v>2.1</v>
       </c>
-      <c r="K11" s="148">
+      <c r="K11" s="128">
         <v>3.4</v>
       </c>
-      <c r="L11" s="148">
+      <c r="L11" s="128">
         <v>2</v>
       </c>
-      <c r="M11" s="148">
+      <c r="M11" s="128">
         <v>2.5</v>
       </c>
-      <c r="N11" s="148">
+      <c r="N11" s="128">
         <v>1.9</v>
       </c>
-      <c r="O11" s="148">
+      <c r="O11" s="128">
         <v>1.7</v>
       </c>
-      <c r="P11" s="148">
+      <c r="P11" s="128">
         <v>1</v>
       </c>
-      <c r="Q11" s="148">
+      <c r="Q11" s="128">
         <v>0.3</v>
       </c>
-      <c r="R11" s="148">
+      <c r="R11" s="128">
         <v>0.2</v>
       </c>
-      <c r="S11" s="148">
+      <c r="S11" s="128">
         <v>3.8</v>
       </c>
-      <c r="T11" s="148">
+      <c r="T11" s="128">
         <v>4.5</v>
       </c>
-      <c r="U11" s="148">
+      <c r="U11" s="128">
         <v>3.7</v>
       </c>
     </row>
-    <row r="12" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="137" t="s">
+    <row r="12" spans="1:21" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="117" t="s">
         <v>38</v>
       </c>
-      <c r="B12" s="138">
+      <c r="B12" s="118">
         <v>58.7</v>
       </c>
-      <c r="C12" s="138">
+      <c r="C12" s="118">
         <v>45.7</v>
       </c>
-      <c r="D12" s="138">
+      <c r="D12" s="118">
         <v>45.8</v>
       </c>
-      <c r="E12" s="138">
+      <c r="E12" s="118">
         <v>27.3</v>
       </c>
-      <c r="F12" s="138">
+      <c r="F12" s="118">
         <v>24.8</v>
       </c>
-      <c r="G12" s="138">
+      <c r="G12" s="118">
         <v>21.1</v>
       </c>
-      <c r="H12" s="138">
+      <c r="H12" s="118">
         <v>21.2</v>
       </c>
-      <c r="I12" s="138">
+      <c r="I12" s="118">
         <v>14.9</v>
       </c>
-      <c r="J12" s="138">
+      <c r="J12" s="118">
         <v>10.9</v>
       </c>
-      <c r="K12" s="138">
+      <c r="K12" s="118">
         <v>12.4</v>
       </c>
-      <c r="L12" s="138">
+      <c r="L12" s="118">
         <v>11.4</v>
       </c>
-      <c r="M12" s="138">
+      <c r="M12" s="118">
         <v>11.9</v>
       </c>
-      <c r="N12" s="138">
+      <c r="N12" s="118">
         <v>7.1</v>
       </c>
-      <c r="O12" s="138">
+      <c r="O12" s="118">
         <v>8.4</v>
       </c>
-      <c r="P12" s="138">
+      <c r="P12" s="118">
         <v>3.4</v>
       </c>
-      <c r="Q12" s="138">
+      <c r="Q12" s="118">
         <v>1.6</v>
       </c>
-      <c r="R12" s="138">
+      <c r="R12" s="118">
         <v>1</v>
       </c>
-      <c r="S12" s="138">
+      <c r="S12" s="118">
         <v>12.4</v>
       </c>
-      <c r="T12" s="138">
+      <c r="T12" s="118">
         <v>12</v>
       </c>
-      <c r="U12" s="139">
+      <c r="U12" s="119">
         <v>9.9</v>
       </c>
     </row>
-    <row r="13" spans="1:21" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="147" t="s">
+    <row r="13" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A13" s="127" t="s">
         <v>39</v>
       </c>
-      <c r="B13" s="151"/>
-[...21 lines deleted...]
-      <c r="A14" s="144" t="s">
+      <c r="B13" s="131"/>
+      <c r="C13" s="131"/>
+      <c r="D13" s="131"/>
+      <c r="E13" s="131"/>
+      <c r="F13" s="131"/>
+      <c r="G13" s="131"/>
+      <c r="H13" s="131"/>
+      <c r="I13" s="131"/>
+      <c r="J13" s="131"/>
+      <c r="K13" s="131"/>
+      <c r="L13" s="131"/>
+      <c r="M13" s="131"/>
+      <c r="N13" s="131"/>
+      <c r="O13" s="131"/>
+      <c r="P13" s="131"/>
+      <c r="Q13" s="131"/>
+      <c r="R13" s="131"/>
+      <c r="S13" s="131"/>
+      <c r="T13" s="131"/>
+      <c r="U13" s="131"/>
+    </row>
+    <row r="14" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A14" s="124" t="s">
         <v>13</v>
       </c>
-      <c r="B14" s="141">
+      <c r="B14" s="121">
         <v>45.7</v>
       </c>
-      <c r="C14" s="141">
+      <c r="C14" s="121">
         <v>29</v>
       </c>
-      <c r="D14" s="141">
+      <c r="D14" s="121">
         <v>18.2</v>
       </c>
-      <c r="E14" s="141">
+      <c r="E14" s="121">
         <v>12.2</v>
       </c>
-      <c r="F14" s="141">
+      <c r="F14" s="121">
         <v>11.1</v>
       </c>
-      <c r="G14" s="141">
+      <c r="G14" s="121">
         <v>10.1</v>
       </c>
-      <c r="H14" s="141">
+      <c r="H14" s="121">
         <v>5.6</v>
       </c>
-      <c r="I14" s="141">
+      <c r="I14" s="121">
         <v>3.1</v>
       </c>
-      <c r="J14" s="141">
+      <c r="J14" s="121">
         <v>1.6</v>
       </c>
-      <c r="K14" s="141">
+      <c r="K14" s="121">
         <v>2.5</v>
       </c>
-      <c r="L14" s="141">
+      <c r="L14" s="121">
         <v>1.8</v>
       </c>
-      <c r="M14" s="141">
+      <c r="M14" s="121">
         <v>2</v>
       </c>
-      <c r="N14" s="141">
+      <c r="N14" s="121">
         <v>1.5</v>
       </c>
-      <c r="O14" s="141">
+      <c r="O14" s="121">
         <v>1.3</v>
       </c>
-      <c r="P14" s="141">
+      <c r="P14" s="121">
         <v>0.9</v>
       </c>
-      <c r="Q14" s="141">
+      <c r="Q14" s="121">
         <v>0</v>
       </c>
-      <c r="R14" s="141">
+      <c r="R14" s="121">
         <v>0</v>
       </c>
-      <c r="S14" s="141">
+      <c r="S14" s="121">
         <v>3.9</v>
       </c>
-      <c r="T14" s="141">
+      <c r="T14" s="121">
         <v>4.5999999999999996</v>
       </c>
-      <c r="U14" s="142">
+      <c r="U14" s="122">
         <v>2.5</v>
       </c>
     </row>
-    <row r="15" spans="1:21" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="152" t="s">
+    <row r="15" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A15" s="132" t="s">
         <v>14</v>
       </c>
-      <c r="B15" s="148">
+      <c r="B15" s="128">
         <v>63.2</v>
       </c>
-      <c r="C15" s="148">
+      <c r="C15" s="128">
         <v>61</v>
       </c>
-      <c r="D15" s="148">
+      <c r="D15" s="128">
         <v>53.8</v>
       </c>
-      <c r="E15" s="148">
+      <c r="E15" s="128">
         <v>36.6</v>
       </c>
-      <c r="F15" s="148">
+      <c r="F15" s="128">
         <v>31.3</v>
       </c>
-      <c r="G15" s="148">
+      <c r="G15" s="128">
         <v>30</v>
       </c>
-      <c r="H15" s="148">
+      <c r="H15" s="128">
         <v>21.2</v>
       </c>
-      <c r="I15" s="148">
+      <c r="I15" s="128">
         <v>12.2</v>
       </c>
-      <c r="J15" s="148">
+      <c r="J15" s="128">
         <v>11.5</v>
       </c>
-      <c r="K15" s="148">
+      <c r="K15" s="128">
         <v>13.5</v>
       </c>
-      <c r="L15" s="148">
+      <c r="L15" s="128">
         <v>10.7</v>
       </c>
-      <c r="M15" s="148">
+      <c r="M15" s="128">
         <v>7</v>
       </c>
-      <c r="N15" s="148">
+      <c r="N15" s="128">
         <v>3.1</v>
       </c>
-      <c r="O15" s="148">
+      <c r="O15" s="128">
         <v>5.3</v>
       </c>
-      <c r="P15" s="148">
+      <c r="P15" s="128">
         <v>1.7</v>
       </c>
-      <c r="Q15" s="148">
+      <c r="Q15" s="128">
         <v>0.3</v>
       </c>
-      <c r="R15" s="148">
+      <c r="R15" s="128">
         <v>0.2</v>
       </c>
-      <c r="S15" s="148">
+      <c r="S15" s="128">
         <v>8.8000000000000007</v>
       </c>
-      <c r="T15" s="148">
+      <c r="T15" s="128">
         <v>9</v>
       </c>
-      <c r="U15" s="148">
+      <c r="U15" s="128">
         <v>8.5</v>
       </c>
     </row>
-    <row r="16" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A16" s="144" t="s">
+    <row r="16" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A16" s="124" t="s">
         <v>15</v>
       </c>
-      <c r="B16" s="141">
+      <c r="B16" s="121">
         <v>76.099999999999994</v>
       </c>
-      <c r="C16" s="141">
+      <c r="C16" s="121">
         <v>67.099999999999994</v>
       </c>
-      <c r="D16" s="141">
+      <c r="D16" s="121">
         <v>55</v>
       </c>
-      <c r="E16" s="141">
+      <c r="E16" s="121">
         <v>39.200000000000003</v>
       </c>
-      <c r="F16" s="141">
+      <c r="F16" s="121">
         <v>31.6</v>
       </c>
-      <c r="G16" s="141">
+      <c r="G16" s="121">
         <v>29.9</v>
       </c>
-      <c r="H16" s="141">
+      <c r="H16" s="121">
         <v>29.5</v>
       </c>
-      <c r="I16" s="141">
+      <c r="I16" s="121">
         <v>22.9</v>
       </c>
-      <c r="J16" s="141">
+      <c r="J16" s="121">
         <v>19.5</v>
       </c>
-      <c r="K16" s="141">
+      <c r="K16" s="121">
         <v>18.7</v>
       </c>
-      <c r="L16" s="141">
+      <c r="L16" s="121">
         <v>12.4</v>
       </c>
-      <c r="M16" s="141">
+      <c r="M16" s="121">
         <v>10.6</v>
       </c>
-      <c r="N16" s="141">
+      <c r="N16" s="121">
         <v>7.2</v>
       </c>
-      <c r="O16" s="141">
+      <c r="O16" s="121">
         <v>4.8</v>
       </c>
-      <c r="P16" s="141">
+      <c r="P16" s="121">
         <v>2.7</v>
       </c>
-      <c r="Q16" s="141">
+      <c r="Q16" s="121">
         <v>0.9</v>
       </c>
-      <c r="R16" s="141">
+      <c r="R16" s="121">
         <v>0.4</v>
       </c>
-      <c r="S16" s="141">
+      <c r="S16" s="121">
         <v>12.4</v>
       </c>
-      <c r="T16" s="141">
+      <c r="T16" s="121">
         <v>13.2</v>
       </c>
-      <c r="U16" s="142">
+      <c r="U16" s="122">
         <v>11.5</v>
       </c>
     </row>
-    <row r="17" spans="1:21" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="152" t="s">
+    <row r="17" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A17" s="132" t="s">
         <v>16</v>
       </c>
-      <c r="B17" s="148">
+      <c r="B17" s="128">
         <v>44.9</v>
       </c>
-      <c r="C17" s="148">
+      <c r="C17" s="128">
         <v>32.4</v>
       </c>
-      <c r="D17" s="148">
+      <c r="D17" s="128">
         <v>20.399999999999999</v>
       </c>
-      <c r="E17" s="148">
+      <c r="E17" s="128">
         <v>15.8</v>
       </c>
-      <c r="F17" s="148">
+      <c r="F17" s="128">
         <v>11.7</v>
       </c>
-      <c r="G17" s="148">
+      <c r="G17" s="128">
         <v>12.4</v>
       </c>
-      <c r="H17" s="148">
+      <c r="H17" s="128">
         <v>8.5</v>
       </c>
-      <c r="I17" s="148">
+      <c r="I17" s="128">
         <v>5.3</v>
       </c>
-      <c r="J17" s="148">
+      <c r="J17" s="128">
         <v>3.6</v>
       </c>
-      <c r="K17" s="148">
+      <c r="K17" s="128">
         <v>5.7</v>
       </c>
-      <c r="L17" s="148">
+      <c r="L17" s="128">
         <v>2.7</v>
       </c>
-      <c r="M17" s="148">
+      <c r="M17" s="128">
         <v>1.8</v>
       </c>
-      <c r="N17" s="148">
+      <c r="N17" s="128">
         <v>1.8</v>
       </c>
-      <c r="O17" s="148">
+      <c r="O17" s="128">
         <v>0.5</v>
       </c>
-      <c r="P17" s="148">
+      <c r="P17" s="128">
         <v>0.1</v>
       </c>
-      <c r="Q17" s="148">
+      <c r="Q17" s="128">
         <v>0.1</v>
       </c>
-      <c r="R17" s="148">
+      <c r="R17" s="128">
         <v>0</v>
       </c>
-      <c r="S17" s="148">
+      <c r="S17" s="128">
         <v>3.9</v>
       </c>
-      <c r="T17" s="148">
+      <c r="T17" s="128">
         <v>4.2</v>
       </c>
-      <c r="U17" s="148">
+      <c r="U17" s="128">
         <v>3</v>
       </c>
     </row>
-    <row r="18" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A18" s="144" t="s">
+    <row r="18" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A18" s="124" t="s">
         <v>17</v>
       </c>
-      <c r="B18" s="141">
+      <c r="B18" s="121">
         <v>44.8</v>
       </c>
-      <c r="C18" s="141">
+      <c r="C18" s="121">
         <v>33</v>
       </c>
-      <c r="D18" s="141">
+      <c r="D18" s="121">
         <v>26.3</v>
       </c>
-      <c r="E18" s="141">
+      <c r="E18" s="121">
         <v>13</v>
       </c>
-      <c r="F18" s="141">
+      <c r="F18" s="121">
         <v>21.5</v>
       </c>
-      <c r="G18" s="141">
+      <c r="G18" s="121">
         <v>9.5</v>
       </c>
-      <c r="H18" s="141">
+      <c r="H18" s="121">
         <v>8.1</v>
       </c>
-      <c r="I18" s="141">
+      <c r="I18" s="121">
         <v>4.9000000000000004</v>
       </c>
-      <c r="J18" s="141">
+      <c r="J18" s="121">
         <v>4.5</v>
       </c>
-      <c r="K18" s="141">
+      <c r="K18" s="121">
         <v>2.5</v>
       </c>
-      <c r="L18" s="141">
+      <c r="L18" s="121">
         <v>2.2000000000000002</v>
       </c>
-      <c r="M18" s="141">
+      <c r="M18" s="121">
         <v>1.4</v>
       </c>
-      <c r="N18" s="141">
+      <c r="N18" s="121">
         <v>1.3</v>
       </c>
-      <c r="O18" s="141">
+      <c r="O18" s="121">
         <v>0.7</v>
       </c>
-      <c r="P18" s="141">
+      <c r="P18" s="121">
         <v>0.5</v>
       </c>
-      <c r="Q18" s="141">
+      <c r="Q18" s="121">
         <v>0.4</v>
       </c>
-      <c r="R18" s="141">
+      <c r="R18" s="121">
         <v>0.2</v>
       </c>
-      <c r="S18" s="141">
+      <c r="S18" s="121">
         <v>4.3</v>
       </c>
-      <c r="T18" s="141">
+      <c r="T18" s="121">
         <v>4.4000000000000004</v>
       </c>
-      <c r="U18" s="142">
+      <c r="U18" s="122">
         <v>4</v>
       </c>
     </row>
-    <row r="19" spans="1:21" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="152" t="s">
+    <row r="19" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A19" s="132" t="s">
         <v>18</v>
       </c>
-      <c r="B19" s="148">
+      <c r="B19" s="128">
         <v>43.2</v>
       </c>
-      <c r="C19" s="148">
+      <c r="C19" s="128">
         <v>38.9</v>
       </c>
-      <c r="D19" s="148">
+      <c r="D19" s="128">
         <v>26.9</v>
       </c>
-      <c r="E19" s="148">
+      <c r="E19" s="128">
         <v>15.7</v>
       </c>
-      <c r="F19" s="148">
+      <c r="F19" s="128">
         <v>12.3</v>
       </c>
-      <c r="G19" s="148">
+      <c r="G19" s="128">
         <v>10.199999999999999</v>
       </c>
-      <c r="H19" s="148">
+      <c r="H19" s="128">
         <v>6.9</v>
       </c>
-      <c r="I19" s="148">
+      <c r="I19" s="128">
         <v>6.8</v>
       </c>
-      <c r="J19" s="148">
+      <c r="J19" s="128">
         <v>4.0999999999999996</v>
       </c>
-      <c r="K19" s="148">
+      <c r="K19" s="128">
         <v>5.5</v>
       </c>
-      <c r="L19" s="148">
+      <c r="L19" s="128">
         <v>3.8</v>
       </c>
-      <c r="M19" s="148">
+      <c r="M19" s="128">
         <v>4</v>
       </c>
-      <c r="N19" s="148">
+      <c r="N19" s="128">
         <v>1.7</v>
       </c>
-      <c r="O19" s="148">
+      <c r="O19" s="128">
         <v>2.1</v>
       </c>
-      <c r="P19" s="148">
+      <c r="P19" s="128">
         <v>1.3</v>
       </c>
-      <c r="Q19" s="148">
+      <c r="Q19" s="128">
         <v>0.7</v>
       </c>
-      <c r="R19" s="148">
+      <c r="R19" s="128">
         <v>0.2</v>
       </c>
-      <c r="S19" s="148">
+      <c r="S19" s="128">
         <v>4.3</v>
       </c>
-      <c r="T19" s="148">
+      <c r="T19" s="128">
         <v>6.3</v>
       </c>
-      <c r="U19" s="148">
+      <c r="U19" s="128">
         <v>5.9</v>
       </c>
     </row>
-    <row r="20" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A20" s="144" t="s">
+    <row r="20" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A20" s="124" t="s">
         <v>19</v>
       </c>
-      <c r="B20" s="141">
+      <c r="B20" s="121">
         <v>43.7</v>
       </c>
-      <c r="C20" s="141">
+      <c r="C20" s="121">
         <v>32.4</v>
       </c>
-      <c r="D20" s="141">
+      <c r="D20" s="121">
         <v>19.7</v>
       </c>
-      <c r="E20" s="141">
+      <c r="E20" s="121">
         <v>13.4</v>
       </c>
-      <c r="F20" s="141">
+      <c r="F20" s="121">
         <v>12.9</v>
       </c>
-      <c r="G20" s="141">
+      <c r="G20" s="121">
         <v>8.9</v>
       </c>
-      <c r="H20" s="141">
+      <c r="H20" s="121">
         <v>4</v>
       </c>
-      <c r="I20" s="141">
+      <c r="I20" s="121">
         <v>4</v>
       </c>
-      <c r="J20" s="141">
+      <c r="J20" s="121">
         <v>1.6</v>
       </c>
-      <c r="K20" s="141">
+      <c r="K20" s="121">
         <v>2.7</v>
       </c>
-      <c r="L20" s="141">
+      <c r="L20" s="121">
         <v>1.4</v>
       </c>
-      <c r="M20" s="141">
+      <c r="M20" s="121">
         <v>0.3</v>
       </c>
-      <c r="N20" s="141">
+      <c r="N20" s="121">
         <v>1.4</v>
       </c>
-      <c r="O20" s="141">
+      <c r="O20" s="121">
         <v>1.2</v>
       </c>
-      <c r="P20" s="141">
+      <c r="P20" s="121">
         <v>0.6</v>
       </c>
-      <c r="Q20" s="141">
+      <c r="Q20" s="121">
         <v>0.3</v>
       </c>
-      <c r="R20" s="141">
+      <c r="R20" s="121">
         <v>0.1</v>
       </c>
-      <c r="S20" s="141">
+      <c r="S20" s="121">
         <v>1.9</v>
       </c>
-      <c r="T20" s="141">
+      <c r="T20" s="121">
         <v>2</v>
       </c>
-      <c r="U20" s="142">
+      <c r="U20" s="122">
         <v>1.9</v>
       </c>
     </row>
-    <row r="21" spans="1:21" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="152" t="s">
+    <row r="21" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A21" s="132" t="s">
         <v>20</v>
       </c>
-      <c r="B21" s="148">
+      <c r="B21" s="128">
         <v>48.6</v>
       </c>
-      <c r="C21" s="148">
+      <c r="C21" s="128">
         <v>43</v>
       </c>
-      <c r="D21" s="148">
+      <c r="D21" s="128">
         <v>30.5</v>
       </c>
-      <c r="E21" s="148">
+      <c r="E21" s="128">
         <v>20.3</v>
       </c>
-      <c r="F21" s="148">
+      <c r="F21" s="128">
         <v>19.899999999999999</v>
       </c>
-      <c r="G21" s="148">
+      <c r="G21" s="128">
         <v>19.3</v>
       </c>
-      <c r="H21" s="148">
+      <c r="H21" s="128">
         <v>10.199999999999999</v>
       </c>
-      <c r="I21" s="148">
+      <c r="I21" s="128">
         <v>9.1</v>
       </c>
-      <c r="J21" s="148">
+      <c r="J21" s="128">
         <v>4.5</v>
       </c>
-      <c r="K21" s="148">
+      <c r="K21" s="128">
         <v>9.5</v>
       </c>
-      <c r="L21" s="148">
+      <c r="L21" s="128">
         <v>7.9</v>
       </c>
-      <c r="M21" s="148">
+      <c r="M21" s="128">
         <v>4.9000000000000004</v>
       </c>
-      <c r="N21" s="148">
+      <c r="N21" s="128">
         <v>3.4</v>
       </c>
-      <c r="O21" s="148">
+      <c r="O21" s="128">
         <v>3.5</v>
       </c>
-      <c r="P21" s="148">
+      <c r="P21" s="128">
         <v>1.5</v>
       </c>
-      <c r="Q21" s="148">
+      <c r="Q21" s="128">
         <v>0.7</v>
       </c>
-      <c r="R21" s="148">
+      <c r="R21" s="128">
         <v>0.2</v>
       </c>
-      <c r="S21" s="148">
+      <c r="S21" s="128">
         <v>7.3</v>
       </c>
-      <c r="T21" s="148">
+      <c r="T21" s="128">
         <v>7.5</v>
       </c>
-      <c r="U21" s="148">
+      <c r="U21" s="128">
         <v>6.9</v>
       </c>
     </row>
-    <row r="22" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A22" s="144" t="s">
+    <row r="22" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A22" s="124" t="s">
         <v>21</v>
       </c>
-      <c r="B22" s="141">
+      <c r="B22" s="121">
         <v>73.900000000000006</v>
       </c>
-      <c r="C22" s="141">
+      <c r="C22" s="121">
         <v>59.8</v>
       </c>
-      <c r="D22" s="141">
+      <c r="D22" s="121">
         <v>63.1</v>
       </c>
-      <c r="E22" s="141">
+      <c r="E22" s="121">
         <v>33.700000000000003</v>
       </c>
-      <c r="F22" s="141">
+      <c r="F22" s="121">
         <v>29.1</v>
       </c>
-      <c r="G22" s="141">
+      <c r="G22" s="121">
         <v>17.2</v>
       </c>
-      <c r="H22" s="141">
+      <c r="H22" s="121">
         <v>19.8</v>
       </c>
-      <c r="I22" s="141">
+      <c r="I22" s="121">
         <v>11.8</v>
       </c>
-      <c r="J22" s="141">
+      <c r="J22" s="121">
         <v>10.6</v>
       </c>
-      <c r="K22" s="141">
+      <c r="K22" s="121">
         <v>13.3</v>
       </c>
-      <c r="L22" s="141">
+      <c r="L22" s="121">
         <v>10.1</v>
       </c>
-      <c r="M22" s="141">
+      <c r="M22" s="121">
         <v>6.3</v>
       </c>
-      <c r="N22" s="141">
+      <c r="N22" s="121">
         <v>6.8</v>
       </c>
-      <c r="O22" s="141">
+      <c r="O22" s="121">
         <v>6</v>
       </c>
-      <c r="P22" s="141">
+      <c r="P22" s="121">
         <v>1.9</v>
       </c>
-      <c r="Q22" s="141">
+      <c r="Q22" s="121">
         <v>0.2</v>
       </c>
-      <c r="R22" s="141">
+      <c r="R22" s="121">
         <v>0.1</v>
       </c>
-      <c r="S22" s="141">
+      <c r="S22" s="121">
         <v>3.9</v>
       </c>
-      <c r="T22" s="141">
+      <c r="T22" s="121">
         <v>4</v>
       </c>
-      <c r="U22" s="142">
+      <c r="U22" s="122">
         <v>3.6</v>
       </c>
     </row>
-    <row r="23" spans="1:21" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="152" t="s">
+    <row r="23" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A23" s="132" t="s">
         <v>22</v>
       </c>
-      <c r="B23" s="148">
+      <c r="B23" s="128">
         <v>29.2</v>
       </c>
-      <c r="C23" s="148">
+      <c r="C23" s="128">
         <v>22.9</v>
       </c>
-      <c r="D23" s="148">
+      <c r="D23" s="128">
         <v>14.5</v>
       </c>
-      <c r="E23" s="148">
+      <c r="E23" s="128">
         <v>8.6</v>
       </c>
-      <c r="F23" s="148">
+      <c r="F23" s="128">
         <v>8.9</v>
       </c>
-      <c r="G23" s="148">
+      <c r="G23" s="128">
         <v>7.8</v>
       </c>
-      <c r="H23" s="148">
+      <c r="H23" s="128">
         <v>4.3</v>
       </c>
-      <c r="I23" s="148">
+      <c r="I23" s="128">
         <v>2.2000000000000002</v>
       </c>
-      <c r="J23" s="148">
+      <c r="J23" s="128">
         <v>1.3</v>
       </c>
-      <c r="K23" s="148">
+      <c r="K23" s="128">
         <v>2</v>
       </c>
-      <c r="L23" s="148">
+      <c r="L23" s="128">
         <v>1.1000000000000001</v>
       </c>
-      <c r="M23" s="148">
+      <c r="M23" s="128">
         <v>1</v>
       </c>
-      <c r="N23" s="148">
+      <c r="N23" s="128">
         <v>0.7</v>
       </c>
-      <c r="O23" s="148">
+      <c r="O23" s="128">
         <v>0.7</v>
       </c>
-      <c r="P23" s="148">
+      <c r="P23" s="128">
         <v>0.4</v>
       </c>
-      <c r="Q23" s="148">
+      <c r="Q23" s="128">
         <v>0.2</v>
       </c>
-      <c r="R23" s="148">
+      <c r="R23" s="128">
         <v>0</v>
       </c>
-      <c r="S23" s="148">
+      <c r="S23" s="128">
         <v>1.2</v>
       </c>
-      <c r="T23" s="148">
+      <c r="T23" s="128">
         <v>1.5</v>
       </c>
-      <c r="U23" s="148">
+      <c r="U23" s="128">
         <v>0.9</v>
       </c>
     </row>
-    <row r="24" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A24" s="144" t="s">
+    <row r="24" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A24" s="124" t="s">
         <v>23</v>
       </c>
-      <c r="B24" s="141">
+      <c r="B24" s="121">
         <v>68.900000000000006</v>
       </c>
-      <c r="C24" s="141">
+      <c r="C24" s="121">
         <v>60.3</v>
       </c>
-      <c r="D24" s="141">
+      <c r="D24" s="121">
         <v>53.1</v>
       </c>
-      <c r="E24" s="141">
+      <c r="E24" s="121">
         <v>28.9</v>
       </c>
-      <c r="F24" s="141">
+      <c r="F24" s="121">
         <v>36.1</v>
       </c>
-      <c r="G24" s="141">
+      <c r="G24" s="121">
         <v>31.2</v>
       </c>
-      <c r="H24" s="141">
+      <c r="H24" s="121">
         <v>25.6</v>
       </c>
-      <c r="I24" s="141">
+      <c r="I24" s="121">
         <v>23.4</v>
       </c>
-      <c r="J24" s="141">
+      <c r="J24" s="121">
         <v>17.3</v>
       </c>
-      <c r="K24" s="141">
+      <c r="K24" s="121">
         <v>14.9</v>
       </c>
-      <c r="L24" s="141">
+      <c r="L24" s="121">
         <v>10.7</v>
       </c>
-      <c r="M24" s="141">
+      <c r="M24" s="121">
         <v>15.4</v>
       </c>
-      <c r="N24" s="141">
+      <c r="N24" s="121">
         <v>6.4</v>
       </c>
-      <c r="O24" s="141">
+      <c r="O24" s="121">
         <v>4</v>
       </c>
-      <c r="P24" s="141">
+      <c r="P24" s="121">
         <v>1.7</v>
       </c>
-      <c r="Q24" s="141">
+      <c r="Q24" s="121">
         <v>0.6</v>
       </c>
-      <c r="R24" s="141">
+      <c r="R24" s="121">
         <v>0.4</v>
       </c>
-      <c r="S24" s="141">
+      <c r="S24" s="121">
         <v>6.1</v>
       </c>
-      <c r="T24" s="141">
+      <c r="T24" s="121">
         <v>6.2</v>
       </c>
-      <c r="U24" s="142">
+      <c r="U24" s="122">
         <v>4.8</v>
       </c>
     </row>
-    <row r="25" spans="1:21" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="152" t="s">
+    <row r="25" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A25" s="132" t="s">
         <v>24</v>
       </c>
-      <c r="B25" s="148" t="s">
+      <c r="B25" s="128" t="s">
         <v>28</v>
       </c>
-      <c r="C25" s="148">
+      <c r="C25" s="128">
         <v>58.3</v>
       </c>
-      <c r="D25" s="148">
+      <c r="D25" s="128">
         <v>40.700000000000003</v>
       </c>
-      <c r="E25" s="148">
+      <c r="E25" s="128">
         <v>33.1</v>
       </c>
-      <c r="F25" s="148">
+      <c r="F25" s="128">
         <v>35.299999999999997</v>
       </c>
-      <c r="G25" s="148">
+      <c r="G25" s="128">
         <v>29.7</v>
       </c>
-      <c r="H25" s="148">
+      <c r="H25" s="128">
         <v>27.8</v>
       </c>
-      <c r="I25" s="148">
+      <c r="I25" s="128">
         <v>22.6</v>
       </c>
-      <c r="J25" s="148">
+      <c r="J25" s="128">
         <v>22.1</v>
       </c>
-      <c r="K25" s="148">
+      <c r="K25" s="128">
         <v>20.100000000000001</v>
       </c>
-      <c r="L25" s="148">
+      <c r="L25" s="128">
         <v>16</v>
       </c>
-      <c r="M25" s="148">
+      <c r="M25" s="128">
         <v>24.2</v>
       </c>
-      <c r="N25" s="148">
+      <c r="N25" s="128">
         <v>16.399999999999999</v>
       </c>
-      <c r="O25" s="148">
+      <c r="O25" s="128">
         <v>19.7</v>
       </c>
-      <c r="P25" s="148">
+      <c r="P25" s="128">
         <v>8.1</v>
       </c>
-      <c r="Q25" s="148">
+      <c r="Q25" s="128">
         <v>4</v>
       </c>
-      <c r="R25" s="148">
+      <c r="R25" s="128">
         <v>2.9</v>
       </c>
-      <c r="S25" s="148">
+      <c r="S25" s="128">
         <v>19.5</v>
       </c>
-      <c r="T25" s="148">
+      <c r="T25" s="128">
         <v>19.7</v>
       </c>
-      <c r="U25" s="148">
+      <c r="U25" s="128">
         <v>17.7</v>
       </c>
     </row>
-    <row r="26" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A26" s="144" t="s">
+    <row r="26" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A26" s="124" t="s">
         <v>25</v>
       </c>
-      <c r="B26" s="141" t="s">
+      <c r="B26" s="121" t="s">
         <v>28</v>
       </c>
-      <c r="C26" s="141">
+      <c r="C26" s="121">
         <v>56.5</v>
       </c>
-      <c r="D26" s="141">
+      <c r="D26" s="121">
         <v>47.8</v>
       </c>
-      <c r="E26" s="141">
+      <c r="E26" s="121">
         <v>31.9</v>
       </c>
-      <c r="F26" s="141">
+      <c r="F26" s="121">
         <v>24.7</v>
       </c>
-      <c r="G26" s="141">
+      <c r="G26" s="121">
         <v>21</v>
       </c>
-      <c r="H26" s="141">
+      <c r="H26" s="121">
         <v>19.2</v>
       </c>
-      <c r="I26" s="141">
+      <c r="I26" s="121">
         <v>10</v>
       </c>
-      <c r="J26" s="141">
+      <c r="J26" s="121">
         <v>7.5</v>
       </c>
-      <c r="K26" s="141">
+      <c r="K26" s="121">
         <v>6.7</v>
       </c>
-      <c r="L26" s="141">
+      <c r="L26" s="121">
         <v>5.8</v>
       </c>
-      <c r="M26" s="141">
+      <c r="M26" s="121">
         <v>7.5</v>
       </c>
-      <c r="N26" s="141">
+      <c r="N26" s="121">
         <v>4.2</v>
       </c>
-      <c r="O26" s="141">
+      <c r="O26" s="121">
         <v>5.3</v>
       </c>
-      <c r="P26" s="141">
+      <c r="P26" s="121">
         <v>2.4</v>
       </c>
-      <c r="Q26" s="141">
+      <c r="Q26" s="121">
         <v>0.9</v>
       </c>
-      <c r="R26" s="141">
+      <c r="R26" s="121">
         <v>0.6</v>
       </c>
-      <c r="S26" s="141">
+      <c r="S26" s="121">
         <v>9</v>
       </c>
-      <c r="T26" s="141">
+      <c r="T26" s="121">
         <v>10.8</v>
       </c>
-      <c r="U26" s="142">
+      <c r="U26" s="122">
         <v>8.4</v>
       </c>
     </row>
-    <row r="27" spans="1:21" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="152" t="s">
+    <row r="27" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A27" s="132" t="s">
         <v>26</v>
       </c>
-      <c r="B27" s="148" t="s">
+      <c r="B27" s="128" t="s">
         <v>28</v>
       </c>
-      <c r="C27" s="148" t="s">
+      <c r="C27" s="128" t="s">
         <v>28</v>
       </c>
-      <c r="D27" s="148" t="s">
+      <c r="D27" s="128" t="s">
         <v>28</v>
       </c>
-      <c r="E27" s="148">
+      <c r="E27" s="128">
         <v>4.9000000000000004</v>
       </c>
-      <c r="F27" s="148">
+      <c r="F27" s="128">
         <v>5.2</v>
       </c>
-      <c r="G27" s="148">
+      <c r="G27" s="128">
         <v>3.8</v>
       </c>
-      <c r="H27" s="148">
+      <c r="H27" s="128">
         <v>1.7</v>
       </c>
-      <c r="I27" s="148">
+      <c r="I27" s="128">
         <v>0.5</v>
       </c>
-      <c r="J27" s="148">
+      <c r="J27" s="128">
         <v>0.1</v>
       </c>
-      <c r="K27" s="148">
+      <c r="K27" s="128">
         <v>2.2999999999999998</v>
       </c>
-      <c r="L27" s="148">
+      <c r="L27" s="128">
         <v>0.5</v>
       </c>
-      <c r="M27" s="148">
+      <c r="M27" s="128">
         <v>1.5</v>
       </c>
-      <c r="N27" s="148">
+      <c r="N27" s="128">
         <v>1.5</v>
       </c>
-      <c r="O27" s="148">
+      <c r="O27" s="128">
         <v>0.7</v>
       </c>
-      <c r="P27" s="148">
+      <c r="P27" s="128">
         <v>0.8</v>
       </c>
-      <c r="Q27" s="148">
+      <c r="Q27" s="128">
         <v>0.1</v>
       </c>
-      <c r="R27" s="148">
+      <c r="R27" s="128">
         <v>0</v>
       </c>
-      <c r="S27" s="148">
+      <c r="S27" s="128">
         <v>0.2</v>
       </c>
-      <c r="T27" s="148">
+      <c r="T27" s="128">
         <v>1.4</v>
       </c>
-      <c r="U27" s="148">
+      <c r="U27" s="128">
         <v>1</v>
       </c>
     </row>
-    <row r="28" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A28" s="144" t="s">
+    <row r="28" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A28" s="124" t="s">
         <v>27</v>
       </c>
-      <c r="B28" s="141" t="s">
+      <c r="B28" s="121" t="s">
         <v>28</v>
       </c>
-      <c r="C28" s="141" t="s">
+      <c r="C28" s="121" t="s">
         <v>28</v>
       </c>
-      <c r="D28" s="141" t="s">
+      <c r="D28" s="121" t="s">
         <v>28</v>
       </c>
-      <c r="E28" s="141" t="s">
+      <c r="E28" s="121" t="s">
         <v>28</v>
       </c>
-      <c r="F28" s="141" t="s">
+      <c r="F28" s="121" t="s">
         <v>28</v>
       </c>
-      <c r="G28" s="141" t="s">
+      <c r="G28" s="121" t="s">
         <v>28</v>
       </c>
-      <c r="H28" s="141" t="s">
+      <c r="H28" s="121" t="s">
         <v>28</v>
       </c>
-      <c r="I28" s="141" t="s">
+      <c r="I28" s="121" t="s">
         <v>28</v>
       </c>
-      <c r="J28" s="141" t="s">
+      <c r="J28" s="121" t="s">
         <v>28</v>
       </c>
-      <c r="K28" s="141" t="s">
+      <c r="K28" s="121" t="s">
         <v>28</v>
       </c>
-      <c r="L28" s="141" t="s">
+      <c r="L28" s="121" t="s">
         <v>28</v>
       </c>
-      <c r="M28" s="141">
+      <c r="M28" s="121">
         <v>2.7</v>
       </c>
-      <c r="N28" s="141">
+      <c r="N28" s="121">
         <v>4.2</v>
       </c>
-      <c r="O28" s="141">
+      <c r="O28" s="121">
         <v>4.3</v>
       </c>
-      <c r="P28" s="141">
+      <c r="P28" s="121">
         <v>1.1000000000000001</v>
       </c>
-      <c r="Q28" s="141">
+      <c r="Q28" s="121">
         <v>1.1000000000000001</v>
       </c>
-      <c r="R28" s="141">
+      <c r="R28" s="121">
         <v>0</v>
       </c>
-      <c r="S28" s="141">
+      <c r="S28" s="121">
         <v>3.1</v>
       </c>
-      <c r="T28" s="141">
+      <c r="T28" s="121">
         <v>2.5</v>
       </c>
-      <c r="U28" s="142">
+      <c r="U28" s="122">
         <v>2</v>
       </c>
     </row>
-    <row r="29" spans="1:21" s="87" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="153" t="s">
+    <row r="29" spans="1:21" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="133" t="s">
         <v>29</v>
       </c>
-      <c r="B29" s="150" t="s">
+      <c r="B29" s="130" t="s">
         <v>28</v>
       </c>
-      <c r="C29" s="150" t="s">
+      <c r="C29" s="130" t="s">
         <v>28</v>
       </c>
-      <c r="D29" s="150" t="s">
+      <c r="D29" s="130" t="s">
         <v>28</v>
       </c>
-      <c r="E29" s="150" t="s">
+      <c r="E29" s="130" t="s">
         <v>28</v>
       </c>
-      <c r="F29" s="150" t="s">
+      <c r="F29" s="130" t="s">
         <v>28</v>
       </c>
-      <c r="G29" s="150" t="s">
+      <c r="G29" s="130" t="s">
         <v>28</v>
       </c>
-      <c r="H29" s="150" t="s">
+      <c r="H29" s="130" t="s">
         <v>28</v>
       </c>
-      <c r="I29" s="150" t="s">
+      <c r="I29" s="130" t="s">
         <v>28</v>
       </c>
-      <c r="J29" s="150" t="s">
+      <c r="J29" s="130" t="s">
         <v>28</v>
       </c>
-      <c r="K29" s="150" t="s">
+      <c r="K29" s="130" t="s">
         <v>28</v>
       </c>
-      <c r="L29" s="150" t="s">
+      <c r="L29" s="130" t="s">
         <v>28</v>
       </c>
-      <c r="M29" s="150" t="s">
+      <c r="M29" s="130" t="s">
         <v>28</v>
       </c>
-      <c r="N29" s="150">
+      <c r="N29" s="130">
         <v>0</v>
       </c>
-      <c r="O29" s="150">
+      <c r="O29" s="130">
         <v>0</v>
       </c>
-      <c r="P29" s="150">
+      <c r="P29" s="130">
         <v>0</v>
       </c>
-      <c r="Q29" s="150">
+      <c r="Q29" s="130">
         <v>0</v>
       </c>
-      <c r="R29" s="150">
+      <c r="R29" s="130">
         <v>0</v>
       </c>
-      <c r="S29" s="150">
+      <c r="S29" s="130">
         <v>0.4</v>
       </c>
-      <c r="T29" s="150">
+      <c r="T29" s="130">
         <v>0.1</v>
       </c>
-      <c r="U29" s="150">
+      <c r="U29" s="130">
         <v>0.2</v>
       </c>
     </row>
-    <row r="30" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A30" s="126" t="s">
+    <row r="30" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A30" s="106" t="s">
         <v>216</v>
       </c>
     </row>
-    <row r="31" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A31" s="127" t="s">
+    <row r="31" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A31" s="107" t="s">
         <v>217</v>
       </c>
     </row>
-    <row r="32" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A32" s="127" t="s">
+    <row r="32" spans="1:21" x14ac:dyDescent="0.3">
+      <c r="A32" s="107" t="s">
         <v>218</v>
       </c>
     </row>
-    <row r="33" spans="1:1" x14ac:dyDescent="0.25">
-      <c r="A33" s="127" t="s">
+    <row r="33" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A33" s="107" t="s">
         <v>219</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CA7CF9E2-367F-4C65-8BBB-A9A221953484}">
   <dimension ref="A1:K186"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A3" zoomScale="98" zoomScaleNormal="98" workbookViewId="0">
+    <sheetView tabSelected="1" topLeftCell="A182" zoomScale="98" zoomScaleNormal="98" workbookViewId="0">
       <selection activeCell="N27" sqref="N27"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="19" bestFit="1" customWidth="1"/>
-    <col min="2" max="11" width="15.7109375" customWidth="1"/>
+    <col min="2" max="11" width="15.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A1" s="164" t="s">
+    <row r="1" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A1" s="144" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="2" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="164" t="s">
+    <row r="2" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="144" t="s">
         <v>223</v>
       </c>
     </row>
-    <row r="3" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B3" s="165" t="s">
+    <row r="3" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="137"/>
+      <c r="B3" s="145" t="s">
         <v>40</v>
       </c>
-      <c r="C3" s="181"/>
-[...2 lines deleted...]
-      <c r="F3" s="177" t="s">
+      <c r="C3" s="161"/>
+      <c r="D3" s="161"/>
+      <c r="E3" s="146"/>
+      <c r="F3" s="157" t="s">
         <v>222</v>
       </c>
-      <c r="G3" s="178"/>
-      <c r="H3" s="165" t="s">
+      <c r="G3" s="158"/>
+      <c r="H3" s="145" t="s">
         <v>227</v>
       </c>
-      <c r="I3" s="166"/>
-      <c r="J3" s="165" t="s">
+      <c r="I3" s="146"/>
+      <c r="J3" s="145" t="s">
         <v>226</v>
       </c>
-      <c r="K3" s="166"/>
-[...2 lines deleted...]
-      <c r="A4" s="156" t="s">
+      <c r="K3" s="146"/>
+    </row>
+    <row r="4" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="136" t="s">
         <v>41</v>
       </c>
-      <c r="B4" s="171" t="s">
+      <c r="B4" s="151" t="s">
         <v>206</v>
       </c>
-      <c r="C4" s="172"/>
-[...10 lines deleted...]
-      <c r="A5" s="160" t="s">
+      <c r="C4" s="152"/>
+      <c r="D4" s="152"/>
+      <c r="E4" s="150"/>
+      <c r="F4" s="159"/>
+      <c r="G4" s="160"/>
+      <c r="H4" s="147"/>
+      <c r="I4" s="148"/>
+      <c r="J4" s="147"/>
+      <c r="K4" s="148"/>
+    </row>
+    <row r="5" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="140" t="s">
         <v>43</v>
       </c>
-      <c r="B5" s="165" t="s">
+      <c r="B5" s="145" t="s">
         <v>221</v>
       </c>
-      <c r="C5" s="166"/>
-      <c r="D5" s="165" t="s">
+      <c r="C5" s="146"/>
+      <c r="D5" s="145" t="s">
         <v>220</v>
       </c>
-      <c r="E5" s="166"/>
-      <c r="F5" s="173" t="s">
+      <c r="E5" s="146"/>
+      <c r="F5" s="153" t="s">
         <v>42</v>
       </c>
-      <c r="G5" s="174"/>
-[...7 lines deleted...]
-      <c r="B6" s="171" t="s">
+      <c r="G5" s="154"/>
+      <c r="H5" s="147"/>
+      <c r="I5" s="148"/>
+      <c r="J5" s="147"/>
+      <c r="K5" s="148"/>
+    </row>
+    <row r="6" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="138"/>
+      <c r="B6" s="151" t="s">
         <v>228</v>
       </c>
-      <c r="C6" s="170"/>
-      <c r="D6" s="171" t="s">
+      <c r="C6" s="150"/>
+      <c r="D6" s="151" t="s">
         <v>207</v>
       </c>
-      <c r="E6" s="170"/>
-[...9 lines deleted...]
-      <c r="B7" s="103">
+      <c r="E6" s="150"/>
+      <c r="F6" s="155"/>
+      <c r="G6" s="156"/>
+      <c r="H6" s="149"/>
+      <c r="I6" s="150"/>
+      <c r="J6" s="149"/>
+      <c r="K6" s="150"/>
+    </row>
+    <row r="7" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="139"/>
+      <c r="B7" s="83">
         <v>2022</v>
       </c>
-      <c r="C7" s="104">
+      <c r="C7" s="84">
         <v>2024</v>
       </c>
-      <c r="D7" s="104">
+      <c r="D7" s="84">
         <v>2022</v>
       </c>
-      <c r="E7" s="104">
+      <c r="E7" s="84">
         <v>2024</v>
       </c>
-      <c r="F7" s="104">
+      <c r="F7" s="84">
         <v>2022</v>
       </c>
-      <c r="G7" s="104">
+      <c r="G7" s="84">
         <v>2024</v>
       </c>
-      <c r="H7" s="104">
+      <c r="H7" s="84">
         <v>2022</v>
       </c>
-      <c r="I7" s="104">
+      <c r="I7" s="84">
         <v>2024</v>
       </c>
-      <c r="J7" s="104">
+      <c r="J7" s="84">
         <v>2022</v>
       </c>
-      <c r="K7" s="104">
+      <c r="K7" s="84">
         <v>2024</v>
       </c>
     </row>
-    <row r="8" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="71" t="s">
+    <row r="8" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="64" t="s">
         <v>3</v>
       </c>
-      <c r="B8" s="72">
+      <c r="B8" s="65">
         <v>6338</v>
       </c>
-      <c r="C8" s="73">
+      <c r="C8" s="66">
         <v>7017</v>
       </c>
-      <c r="D8" s="72">
+      <c r="D8" s="65">
         <v>8479</v>
       </c>
-      <c r="E8" s="73">
+      <c r="E8" s="66">
         <v>9155</v>
       </c>
-      <c r="F8" s="74">
+      <c r="F8" s="67">
         <v>0.40400000000000003</v>
       </c>
-      <c r="G8" s="75">
+      <c r="G8" s="68">
         <v>0.39</v>
       </c>
-      <c r="H8" s="76">
+      <c r="H8" s="69">
         <v>6.2</v>
       </c>
-      <c r="I8" s="77">
+      <c r="I8" s="70">
         <v>5.0999999999999996</v>
       </c>
-      <c r="J8" s="76">
+      <c r="J8" s="69">
         <v>16.600000000000001</v>
       </c>
-      <c r="K8" s="77">
+      <c r="K8" s="70">
         <v>16.7</v>
       </c>
     </row>
-    <row r="9" spans="1:11" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="95" t="s">
+    <row r="9" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A9" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="B9" s="96">
+      <c r="B9" s="4">
         <v>6879</v>
       </c>
-      <c r="C9" s="96">
+      <c r="C9" s="4">
         <v>7712</v>
       </c>
-      <c r="D9" s="96">
+      <c r="D9" s="4">
         <v>8517</v>
       </c>
-      <c r="E9" s="96">
+      <c r="E9" s="4">
         <v>9484</v>
       </c>
-      <c r="F9" s="97">
+      <c r="F9" s="19">
         <v>0.36599999999999999</v>
       </c>
-      <c r="G9" s="97">
+      <c r="G9" s="19">
         <v>0.34799999999999998</v>
       </c>
-      <c r="H9" s="98">
+      <c r="H9" s="13">
         <v>4.5999999999999996</v>
       </c>
-      <c r="I9" s="98">
+      <c r="I9" s="13">
         <v>2.5</v>
       </c>
-      <c r="J9" s="98">
+      <c r="J9" s="13">
         <v>15.9</v>
       </c>
-      <c r="K9" s="98">
+      <c r="K9" s="13">
         <v>13.7</v>
       </c>
     </row>
-    <row r="10" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A10" s="63" t="s">
+    <row r="10" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A10" s="60" t="s">
         <v>44</v>
       </c>
-      <c r="B10" s="64">
+      <c r="B10" s="61">
         <v>6347</v>
       </c>
-      <c r="C10" s="49">
+      <c r="C10" s="46">
         <v>7555</v>
       </c>
-      <c r="D10" s="64">
+      <c r="D10" s="61">
         <v>7419</v>
       </c>
-      <c r="E10" s="49">
+      <c r="E10" s="46">
         <v>9006</v>
       </c>
-      <c r="F10" s="65">
+      <c r="F10" s="62">
         <v>0.33800000000000002</v>
       </c>
-      <c r="G10" s="50">
+      <c r="G10" s="47">
         <v>0.316</v>
       </c>
-      <c r="H10" s="66">
+      <c r="H10" s="63">
         <v>5.0999999999999996</v>
       </c>
-      <c r="I10" s="51">
+      <c r="I10" s="48">
         <v>2.4</v>
       </c>
-      <c r="J10" s="66">
+      <c r="J10" s="63">
         <v>19.399999999999999</v>
       </c>
-      <c r="K10" s="51">
+      <c r="K10" s="48">
         <v>11.6</v>
       </c>
     </row>
-    <row r="11" spans="1:11" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="84" t="s">
+    <row r="11" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A11" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="B11" s="85">
+      <c r="B11" s="2">
         <v>8232</v>
       </c>
-      <c r="C11" s="85">
+      <c r="C11" s="2">
         <v>8977</v>
       </c>
-      <c r="D11" s="85">
+      <c r="D11" s="2">
         <v>9869</v>
       </c>
-      <c r="E11" s="85">
+      <c r="E11" s="2">
         <v>10975</v>
       </c>
-      <c r="F11" s="86">
+      <c r="F11" s="20">
         <v>0.35899999999999999</v>
       </c>
-      <c r="G11" s="86">
+      <c r="G11" s="20">
         <v>0.35</v>
       </c>
-      <c r="H11" s="83">
+      <c r="H11" s="14">
         <v>3.7</v>
       </c>
-      <c r="I11" s="83">
+      <c r="I11" s="14">
         <v>1.9</v>
       </c>
-      <c r="J11" s="83">
+      <c r="J11" s="14">
         <v>10.4</v>
       </c>
-      <c r="K11" s="83">
+      <c r="K11" s="14">
         <v>9.9</v>
       </c>
     </row>
-    <row r="12" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A12" s="63" t="s">
+    <row r="12" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A12" s="60" t="s">
         <v>46</v>
       </c>
-      <c r="B12" s="64">
+      <c r="B12" s="61">
         <v>5204</v>
       </c>
-      <c r="C12" s="49">
+      <c r="C12" s="46">
         <v>6158</v>
       </c>
-      <c r="D12" s="64">
+      <c r="D12" s="61">
         <v>6461</v>
       </c>
-      <c r="E12" s="49">
+      <c r="E12" s="46">
         <v>6616</v>
       </c>
-      <c r="F12" s="65">
+      <c r="F12" s="62">
         <v>0.35399999999999998</v>
       </c>
-      <c r="G12" s="50">
+      <c r="G12" s="47">
         <v>0.29199999999999998</v>
       </c>
-      <c r="H12" s="66">
+      <c r="H12" s="63">
         <v>7.2</v>
       </c>
-      <c r="I12" s="51">
+      <c r="I12" s="48">
         <v>5.7</v>
       </c>
-      <c r="J12" s="66">
+      <c r="J12" s="63">
         <v>27.4</v>
       </c>
-      <c r="K12" s="51">
+      <c r="K12" s="48">
         <v>24.8</v>
       </c>
     </row>
-    <row r="13" spans="1:11" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="84" t="s">
+    <row r="13" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A13" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="B13" s="85">
+      <c r="B13" s="2">
         <v>6227</v>
       </c>
-      <c r="C13" s="85">
+      <c r="C13" s="2">
         <v>6284</v>
       </c>
-      <c r="D13" s="85">
+      <c r="D13" s="2">
         <v>7529</v>
       </c>
-      <c r="E13" s="85">
+      <c r="E13" s="2">
         <v>8106</v>
       </c>
-      <c r="F13" s="86">
+      <c r="F13" s="20">
         <v>0.34300000000000003</v>
       </c>
-      <c r="G13" s="86">
+      <c r="G13" s="20">
         <v>0.379</v>
       </c>
-      <c r="H13" s="83">
+      <c r="H13" s="14">
         <v>5</v>
       </c>
-      <c r="I13" s="83">
+      <c r="I13" s="14">
         <v>4.2</v>
       </c>
-      <c r="J13" s="83">
+      <c r="J13" s="14">
         <v>17</v>
       </c>
-      <c r="K13" s="83">
+      <c r="K13" s="14">
         <v>22.7</v>
       </c>
     </row>
-    <row r="14" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A14" s="63" t="s">
+    <row r="14" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A14" s="60" t="s">
         <v>48</v>
       </c>
-      <c r="B14" s="64">
+      <c r="B14" s="61">
         <v>4445</v>
       </c>
-      <c r="C14" s="49">
+      <c r="C14" s="46">
         <v>5335</v>
       </c>
-      <c r="D14" s="64">
+      <c r="D14" s="61">
         <v>5426</v>
       </c>
-      <c r="E14" s="49">
+      <c r="E14" s="46">
         <v>6014</v>
       </c>
-      <c r="F14" s="65">
+      <c r="F14" s="62">
         <v>0.33900000000000002</v>
       </c>
-      <c r="G14" s="50">
+      <c r="G14" s="47">
         <v>0.26300000000000001</v>
       </c>
-      <c r="H14" s="66">
+      <c r="H14" s="63">
         <v>12.7</v>
       </c>
-      <c r="I14" s="51">
+      <c r="I14" s="48">
         <v>6.7</v>
       </c>
-      <c r="J14" s="66">
+      <c r="J14" s="63">
         <v>33.1</v>
       </c>
-      <c r="K14" s="51">
+      <c r="K14" s="48">
         <v>25</v>
       </c>
     </row>
-    <row r="15" spans="1:11" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="84" t="s">
+    <row r="15" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A15" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="B15" s="85">
+      <c r="B15" s="2">
         <v>5724</v>
       </c>
-      <c r="C15" s="85">
+      <c r="C15" s="2">
         <v>7334</v>
       </c>
-      <c r="D15" s="85">
+      <c r="D15" s="2">
         <v>7572</v>
       </c>
-      <c r="E15" s="85">
+      <c r="E15" s="2">
         <v>8401</v>
       </c>
-      <c r="F15" s="86">
+      <c r="F15" s="20">
         <v>0.39400000000000002</v>
       </c>
-      <c r="G15" s="86">
+      <c r="G15" s="20">
         <v>0.30599999999999999</v>
       </c>
-      <c r="H15" s="83">
+      <c r="H15" s="14">
         <v>6.1</v>
       </c>
-      <c r="I15" s="83">
+      <c r="I15" s="14">
         <v>2.1</v>
       </c>
-      <c r="J15" s="83">
+      <c r="J15" s="14">
         <v>23.5</v>
       </c>
-      <c r="K15" s="83">
+      <c r="K15" s="14">
         <v>16.100000000000001</v>
       </c>
     </row>
-    <row r="16" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A16" s="63" t="s">
+    <row r="16" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A16" s="60" t="s">
         <v>50</v>
       </c>
-      <c r="B16" s="64">
+      <c r="B16" s="61">
         <v>5616</v>
       </c>
-      <c r="C16" s="49">
+      <c r="C16" s="46">
         <v>5685</v>
       </c>
-      <c r="D16" s="64">
+      <c r="D16" s="61">
         <v>6913</v>
       </c>
-      <c r="E16" s="49">
+      <c r="E16" s="46">
         <v>7011</v>
       </c>
-      <c r="F16" s="65">
+      <c r="F16" s="62">
         <v>0.36099999999999999</v>
       </c>
-      <c r="G16" s="50">
+      <c r="G16" s="47">
         <v>0.34100000000000003</v>
       </c>
-      <c r="H16" s="66">
+      <c r="H16" s="63">
         <v>5.0999999999999996</v>
       </c>
-      <c r="I16" s="51">
+      <c r="I16" s="48">
         <v>2</v>
       </c>
-      <c r="J16" s="66">
+      <c r="J16" s="63">
         <v>21.1</v>
       </c>
-      <c r="K16" s="51">
+      <c r="K16" s="48">
         <v>25.7</v>
       </c>
     </row>
-    <row r="17" spans="1:11" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="84" t="s">
+    <row r="17" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A17" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="B17" s="85">
+      <c r="B17" s="2">
         <v>5318</v>
       </c>
-      <c r="C17" s="85">
+      <c r="C17" s="2">
         <v>6451</v>
       </c>
-      <c r="D17" s="85">
+      <c r="D17" s="2">
         <v>6578</v>
       </c>
-      <c r="E17" s="85">
+      <c r="E17" s="2">
         <v>7348</v>
       </c>
-      <c r="F17" s="86">
+      <c r="F17" s="20">
         <v>0.34</v>
       </c>
-      <c r="G17" s="86">
+      <c r="G17" s="20">
         <v>0.29199999999999998</v>
       </c>
-      <c r="H17" s="83">
+      <c r="H17" s="14">
         <v>7.4</v>
       </c>
-      <c r="I17" s="83">
+      <c r="I17" s="14">
         <v>3.1</v>
       </c>
-      <c r="J17" s="83">
+      <c r="J17" s="14">
         <v>23.3</v>
       </c>
-      <c r="K17" s="83">
+      <c r="K17" s="14">
         <v>16.8</v>
       </c>
     </row>
-    <row r="18" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A18" s="63" t="s">
+    <row r="18" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A18" s="60" t="s">
         <v>52</v>
       </c>
-      <c r="B18" s="64">
+      <c r="B18" s="61">
         <v>7460</v>
       </c>
-      <c r="C18" s="49">
+      <c r="C18" s="46">
         <v>8406</v>
       </c>
-      <c r="D18" s="64">
+      <c r="D18" s="61">
         <v>9177</v>
       </c>
-      <c r="E18" s="49">
+      <c r="E18" s="46">
         <v>10296</v>
       </c>
-      <c r="F18" s="65">
+      <c r="F18" s="62">
         <v>0.33700000000000002</v>
       </c>
-      <c r="G18" s="50">
+      <c r="G18" s="47">
         <v>0.31900000000000001</v>
       </c>
-      <c r="H18" s="66">
+      <c r="H18" s="63">
         <v>0.4</v>
       </c>
-      <c r="I18" s="51">
+      <c r="I18" s="48">
         <v>0.1</v>
       </c>
-      <c r="J18" s="66">
+      <c r="J18" s="63">
         <v>7.4</v>
       </c>
-      <c r="K18" s="51">
+      <c r="K18" s="48">
         <v>6.3</v>
       </c>
     </row>
-    <row r="19" spans="1:11" s="87" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="99" t="s">
+    <row r="19" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="B19" s="100">
+      <c r="B19" s="7">
         <v>5622</v>
       </c>
-      <c r="C19" s="100">
+      <c r="C19" s="7">
         <v>6374</v>
       </c>
-      <c r="D19" s="100">
+      <c r="D19" s="7">
         <v>7093</v>
       </c>
-      <c r="E19" s="100">
+      <c r="E19" s="7">
         <v>7524</v>
       </c>
-      <c r="F19" s="101">
+      <c r="F19" s="21">
         <v>0.371</v>
       </c>
-      <c r="G19" s="101">
+      <c r="G19" s="21">
         <v>0.30599999999999999</v>
       </c>
-      <c r="H19" s="102">
+      <c r="H19" s="15">
         <v>6.9</v>
       </c>
-      <c r="I19" s="102">
+      <c r="I19" s="15">
         <v>4</v>
       </c>
-      <c r="J19" s="102">
+      <c r="J19" s="15">
         <v>28.2</v>
       </c>
-      <c r="K19" s="102">
+      <c r="K19" s="15">
         <v>19.2</v>
       </c>
     </row>
-    <row r="20" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A20" s="79" t="s">
+    <row r="20" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A20" s="72" t="s">
         <v>14</v>
       </c>
-      <c r="B20" s="80">
+      <c r="B20" s="73">
         <v>4402</v>
       </c>
-      <c r="C20" s="53">
+      <c r="C20" s="50">
         <v>4895</v>
       </c>
-      <c r="D20" s="80">
+      <c r="D20" s="73">
         <v>5550</v>
       </c>
-      <c r="E20" s="53">
+      <c r="E20" s="50">
         <v>5793</v>
       </c>
-      <c r="F20" s="81">
+      <c r="F20" s="74">
         <v>0.35899999999999999</v>
       </c>
-      <c r="G20" s="54">
+      <c r="G20" s="51">
         <v>0.33400000000000002</v>
       </c>
-      <c r="H20" s="82">
+      <c r="H20" s="75">
         <v>9</v>
       </c>
-      <c r="I20" s="55">
+      <c r="I20" s="52">
         <v>8.5</v>
       </c>
-      <c r="J20" s="82">
+      <c r="J20" s="75">
         <v>11.9</v>
       </c>
-      <c r="K20" s="55">
+      <c r="K20" s="52">
         <v>13.4</v>
       </c>
     </row>
-    <row r="21" spans="1:11" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="84" t="s">
+    <row r="21" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A21" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="B21" s="85">
+      <c r="B21" s="2">
         <v>3400</v>
       </c>
-      <c r="C21" s="85">
+      <c r="C21" s="2">
         <v>3367</v>
       </c>
-      <c r="D21" s="85">
+      <c r="D21" s="2">
         <v>4263</v>
       </c>
-      <c r="E21" s="85">
+      <c r="E21" s="2">
         <v>4345</v>
       </c>
-      <c r="F21" s="86">
+      <c r="F21" s="20">
         <v>0.34699999999999998</v>
       </c>
-      <c r="G21" s="86">
+      <c r="G21" s="20">
         <v>0.32400000000000001</v>
       </c>
-      <c r="H21" s="83">
+      <c r="H21" s="14">
         <v>14.4</v>
       </c>
-      <c r="I21" s="83">
+      <c r="I21" s="14">
         <v>14.7</v>
       </c>
-      <c r="J21" s="83">
+      <c r="J21" s="14">
         <v>19.7</v>
       </c>
-      <c r="K21" s="83">
+      <c r="K21" s="14">
         <v>24</v>
       </c>
     </row>
-    <row r="22" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A22" s="63" t="s">
+    <row r="22" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A22" s="60" t="s">
         <v>55</v>
       </c>
-      <c r="B22" s="64">
+      <c r="B22" s="61">
         <v>3922</v>
       </c>
-      <c r="C22" s="49">
+      <c r="C22" s="46">
         <v>4310</v>
       </c>
-      <c r="D22" s="64">
+      <c r="D22" s="61">
         <v>4565</v>
       </c>
-      <c r="E22" s="49">
+      <c r="E22" s="46">
         <v>4835</v>
       </c>
-      <c r="F22" s="65">
+      <c r="F22" s="62">
         <v>0.29099999999999998</v>
       </c>
-      <c r="G22" s="50">
+      <c r="G22" s="47">
         <v>0.33900000000000002</v>
       </c>
-      <c r="H22" s="66">
+      <c r="H22" s="63">
         <v>3.9</v>
       </c>
-      <c r="I22" s="51">
+      <c r="I22" s="48">
         <v>5.8</v>
       </c>
-      <c r="J22" s="66">
+      <c r="J22" s="63">
         <v>14.5</v>
       </c>
-      <c r="K22" s="51">
+      <c r="K22" s="48">
         <v>20.5</v>
       </c>
     </row>
-    <row r="23" spans="1:11" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="84" t="s">
+    <row r="23" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A23" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="B23" s="85">
+      <c r="B23" s="2">
         <v>4751</v>
       </c>
-      <c r="C23" s="85">
+      <c r="C23" s="2">
         <v>5208</v>
       </c>
-      <c r="D23" s="85">
+      <c r="D23" s="2">
         <v>5959</v>
       </c>
-      <c r="E23" s="85">
+      <c r="E23" s="2">
         <v>6034</v>
       </c>
-      <c r="F23" s="86">
+      <c r="F23" s="20">
         <v>0.34799999999999998</v>
       </c>
-      <c r="G23" s="86">
+      <c r="G23" s="20">
         <v>0.32800000000000001</v>
       </c>
-      <c r="H23" s="83">
+      <c r="H23" s="14">
         <v>5.0999999999999996</v>
       </c>
-      <c r="I23" s="83">
+      <c r="I23" s="14">
         <v>5.5</v>
       </c>
-      <c r="J23" s="83">
+      <c r="J23" s="14">
         <v>9.5</v>
       </c>
-      <c r="K23" s="83">
+      <c r="K23" s="14">
         <v>10.4</v>
       </c>
     </row>
-    <row r="24" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A24" s="63" t="s">
+    <row r="24" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A24" s="60" t="s">
         <v>57</v>
       </c>
-      <c r="B24" s="64">
+      <c r="B24" s="61">
         <v>4200</v>
       </c>
-      <c r="C24" s="49">
+      <c r="C24" s="46">
         <v>4953</v>
       </c>
-      <c r="D24" s="64">
+      <c r="D24" s="61">
         <v>5624</v>
       </c>
-      <c r="E24" s="49">
+      <c r="E24" s="46">
         <v>5729</v>
       </c>
-      <c r="F24" s="65">
+      <c r="F24" s="62">
         <v>0.40400000000000003</v>
       </c>
-      <c r="G24" s="50">
+      <c r="G24" s="47">
         <v>0.33300000000000002</v>
       </c>
-      <c r="H24" s="66">
+      <c r="H24" s="63">
         <v>13.8</v>
       </c>
-      <c r="I24" s="51">
+      <c r="I24" s="48">
         <v>11.8</v>
       </c>
-      <c r="J24" s="66">
+      <c r="J24" s="63">
         <v>15.7</v>
       </c>
-      <c r="K24" s="51">
+      <c r="K24" s="48">
         <v>16.5</v>
       </c>
     </row>
-    <row r="25" spans="1:11" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="84" t="s">
+    <row r="25" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A25" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="B25" s="85">
+      <c r="B25" s="2">
         <v>5201</v>
       </c>
-      <c r="C25" s="85">
+      <c r="C25" s="2">
         <v>5312</v>
       </c>
-      <c r="D25" s="85">
+      <c r="D25" s="2">
         <v>6221</v>
       </c>
-      <c r="E25" s="85">
+      <c r="E25" s="2">
         <v>6313</v>
       </c>
-      <c r="F25" s="86">
+      <c r="F25" s="20">
         <v>0.32500000000000001</v>
       </c>
-      <c r="G25" s="86">
+      <c r="G25" s="20">
         <v>0.317</v>
       </c>
-      <c r="H25" s="83">
+      <c r="H25" s="14">
         <v>3.3</v>
       </c>
-      <c r="I25" s="83">
+      <c r="I25" s="14">
         <v>4</v>
       </c>
-      <c r="J25" s="83">
+      <c r="J25" s="14">
         <v>6.1</v>
       </c>
-      <c r="K25" s="83">
+      <c r="K25" s="14">
         <v>6.4</v>
       </c>
     </row>
-    <row r="26" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A26" s="63" t="s">
+    <row r="26" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A26" s="60" t="s">
         <v>59</v>
       </c>
-      <c r="B26" s="64">
+      <c r="B26" s="61">
         <v>4498</v>
       </c>
-      <c r="C26" s="49">
+      <c r="C26" s="46">
         <v>5236</v>
       </c>
-      <c r="D26" s="64">
+      <c r="D26" s="61">
         <v>5636</v>
       </c>
-      <c r="E26" s="49">
+      <c r="E26" s="46">
         <v>6395</v>
       </c>
-      <c r="F26" s="65">
+      <c r="F26" s="62">
         <v>0.35799999999999998</v>
       </c>
-      <c r="G26" s="50">
+      <c r="G26" s="47">
         <v>0.34899999999999998</v>
       </c>
-      <c r="H26" s="66">
+      <c r="H26" s="63">
         <v>11.4</v>
       </c>
-      <c r="I26" s="51">
+      <c r="I26" s="48">
         <v>8.5</v>
       </c>
-      <c r="J26" s="66">
+      <c r="J26" s="63">
         <v>11.3</v>
       </c>
-      <c r="K26" s="51">
+      <c r="K26" s="48">
         <v>13.3</v>
       </c>
     </row>
-    <row r="27" spans="1:11" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="84" t="s">
+    <row r="27" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A27" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="B27" s="85">
+      <c r="B27" s="2">
         <v>5250</v>
       </c>
-      <c r="C27" s="85">
+      <c r="C27" s="2">
         <v>5083</v>
       </c>
-      <c r="D27" s="85">
+      <c r="D27" s="2">
         <v>6087</v>
       </c>
-      <c r="E27" s="85">
+      <c r="E27" s="2">
         <v>6278</v>
       </c>
-      <c r="F27" s="86">
+      <c r="F27" s="20">
         <v>0.30199999999999999</v>
       </c>
-      <c r="G27" s="86">
+      <c r="G27" s="20">
         <v>0.33500000000000002</v>
       </c>
-      <c r="H27" s="83">
+      <c r="H27" s="14">
         <v>5.7</v>
       </c>
-      <c r="I27" s="83">
+      <c r="I27" s="14">
+        <v>6.1</v>
+      </c>
+      <c r="J27" s="14">
+        <v>5.5</v>
+      </c>
+      <c r="K27" s="14">
+        <v>8.3000000000000007</v>
+      </c>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A28" s="60" t="s">
+        <v>61</v>
+      </c>
+      <c r="B28" s="61">
+        <v>3902</v>
+      </c>
+      <c r="C28" s="46">
+        <v>3954</v>
+      </c>
+      <c r="D28" s="61">
+        <v>4858</v>
+      </c>
+      <c r="E28" s="46">
+        <v>5062</v>
+      </c>
+      <c r="F28" s="62">
+        <v>0.32300000000000001</v>
+      </c>
+      <c r="G28" s="47">
+        <v>0.29199999999999998</v>
+      </c>
+      <c r="H28" s="63">
+        <v>8.9</v>
+      </c>
+      <c r="I28" s="48">
+        <v>8</v>
+      </c>
+      <c r="J28" s="63">
+        <v>11.3</v>
+      </c>
+      <c r="K28" s="48">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A29" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="B29" s="2">
+        <v>3703</v>
+      </c>
+      <c r="C29" s="2">
+        <v>4438</v>
+      </c>
+      <c r="D29" s="2">
+        <v>5053</v>
+      </c>
+      <c r="E29" s="2">
+        <v>5107</v>
+      </c>
+      <c r="F29" s="20">
+        <v>0.33300000000000002</v>
+      </c>
+      <c r="G29" s="20">
+        <v>0.32500000000000001</v>
+      </c>
+      <c r="H29" s="14">
+        <v>4</v>
+      </c>
+      <c r="I29" s="14">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="J29" s="14">
+        <v>9.4</v>
+      </c>
+      <c r="K29" s="14">
+        <v>14.3</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A30" s="60" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" s="61">
+        <v>4080</v>
+      </c>
+      <c r="C30" s="46">
+        <v>4695</v>
+      </c>
+      <c r="D30" s="61">
+        <v>4637</v>
+      </c>
+      <c r="E30" s="46">
+        <v>5272</v>
+      </c>
+      <c r="F30" s="62">
+        <v>0.29099999999999998</v>
+      </c>
+      <c r="G30" s="47">
+        <v>0.29299999999999998</v>
+      </c>
+      <c r="H30" s="63">
         <v>6</v>
       </c>
-      <c r="J27" s="83">
+      <c r="I30" s="48">
+        <v>7.4</v>
+      </c>
+      <c r="J30" s="63">
+        <v>12.4</v>
+      </c>
+      <c r="K30" s="48">
+        <v>13.6</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A31" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B31" s="2">
+        <v>3801</v>
+      </c>
+      <c r="C31" s="2">
+        <v>4592</v>
+      </c>
+      <c r="D31" s="2">
+        <v>4986</v>
+      </c>
+      <c r="E31" s="2">
+        <v>5464</v>
+      </c>
+      <c r="F31" s="20">
+        <v>0.34899999999999998</v>
+      </c>
+      <c r="G31" s="20">
+        <v>0.34699999999999998</v>
+      </c>
+      <c r="H31" s="14">
+        <v>7.3</v>
+      </c>
+      <c r="I31" s="14">
+        <v>7.3</v>
+      </c>
+      <c r="J31" s="14">
+        <v>12.5</v>
+      </c>
+      <c r="K31" s="14">
+        <v>16.3</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="53" t="s">
+        <v>65</v>
+      </c>
+      <c r="B32" s="54">
+        <v>4668</v>
+      </c>
+      <c r="C32" s="55">
+        <v>5163</v>
+      </c>
+      <c r="D32" s="54">
+        <v>5494</v>
+      </c>
+      <c r="E32" s="55">
+        <v>5736</v>
+      </c>
+      <c r="F32" s="56">
+        <v>0.31</v>
+      </c>
+      <c r="G32" s="57">
+        <v>0.27</v>
+      </c>
+      <c r="H32" s="58">
+        <v>7.2</v>
+      </c>
+      <c r="I32" s="59">
+        <v>7.2</v>
+      </c>
+      <c r="J32" s="58">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="K32" s="59">
+        <v>6.3</v>
+      </c>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A33" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B33" s="4">
+        <v>3614</v>
+      </c>
+      <c r="C33" s="4">
+        <v>4083</v>
+      </c>
+      <c r="D33" s="4">
+        <v>4885</v>
+      </c>
+      <c r="E33" s="4">
+        <v>5265</v>
+      </c>
+      <c r="F33" s="19">
+        <v>0.38500000000000001</v>
+      </c>
+      <c r="G33" s="19">
+        <v>0.35599999999999998</v>
+      </c>
+      <c r="H33" s="13">
+        <v>13.2</v>
+      </c>
+      <c r="I33" s="13">
+        <v>11.5</v>
+      </c>
+      <c r="J33" s="13">
+        <v>12.2</v>
+      </c>
+      <c r="K33" s="13">
+        <v>10.8</v>
+      </c>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A34" s="60" t="s">
+        <v>66</v>
+      </c>
+      <c r="B34" s="61">
+        <v>3625</v>
+      </c>
+      <c r="C34" s="46">
+        <v>4187</v>
+      </c>
+      <c r="D34" s="61">
+        <v>4811</v>
+      </c>
+      <c r="E34" s="46">
+        <v>5149</v>
+      </c>
+      <c r="F34" s="62">
+        <v>0.374</v>
+      </c>
+      <c r="G34" s="47">
+        <v>0.34899999999999998</v>
+      </c>
+      <c r="H34" s="63">
+        <v>12.1</v>
+      </c>
+      <c r="I34" s="48">
+        <v>11.3</v>
+      </c>
+      <c r="J34" s="63">
+        <v>10.4</v>
+      </c>
+      <c r="K34" s="48">
+        <v>12.1</v>
+      </c>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A35" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="B35" s="2">
+        <v>4330</v>
+      </c>
+      <c r="C35" s="2">
+        <v>4729</v>
+      </c>
+      <c r="D35" s="2">
+        <v>5693</v>
+      </c>
+      <c r="E35" s="2">
+        <v>6180</v>
+      </c>
+      <c r="F35" s="20">
+        <v>0.38400000000000001</v>
+      </c>
+      <c r="G35" s="20">
+        <v>0.36099999999999999</v>
+      </c>
+      <c r="H35" s="14">
+        <v>10.5</v>
+      </c>
+      <c r="I35" s="14">
+        <v>9.9</v>
+      </c>
+      <c r="J35" s="14">
+        <v>7.5</v>
+      </c>
+      <c r="K35" s="14">
+        <v>6.7</v>
+      </c>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A36" s="60" t="s">
+        <v>68</v>
+      </c>
+      <c r="B36" s="61">
+        <v>3429</v>
+      </c>
+      <c r="C36" s="46">
+        <v>4156</v>
+      </c>
+      <c r="D36" s="61">
+        <v>4987</v>
+      </c>
+      <c r="E36" s="46">
+        <v>5237</v>
+      </c>
+      <c r="F36" s="62">
+        <v>0.41399999999999998</v>
+      </c>
+      <c r="G36" s="47">
+        <v>0.33100000000000002</v>
+      </c>
+      <c r="H36" s="63">
+        <v>12</v>
+      </c>
+      <c r="I36" s="48">
+        <v>7.3</v>
+      </c>
+      <c r="J36" s="63">
+        <v>14.6</v>
+      </c>
+      <c r="K36" s="48">
+        <v>10.9</v>
+      </c>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A37" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="B37" s="2">
+        <v>3508</v>
+      </c>
+      <c r="C37" s="2">
+        <v>3591</v>
+      </c>
+      <c r="D37" s="2">
+        <v>4602</v>
+      </c>
+      <c r="E37" s="2">
+        <v>4975</v>
+      </c>
+      <c r="F37" s="20">
+        <v>0.36199999999999999</v>
+      </c>
+      <c r="G37" s="20">
+        <v>0.36499999999999999</v>
+      </c>
+      <c r="H37" s="14">
+        <v>9</v>
+      </c>
+      <c r="I37" s="14">
+        <v>8.6</v>
+      </c>
+      <c r="J37" s="14">
+        <v>10.9</v>
+      </c>
+      <c r="K37" s="14">
+        <v>11.4</v>
+      </c>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A38" s="60" t="s">
+        <v>70</v>
+      </c>
+      <c r="B38" s="61">
+        <v>3453</v>
+      </c>
+      <c r="C38" s="46">
+        <v>4853</v>
+      </c>
+      <c r="D38" s="61">
+        <v>4712</v>
+      </c>
+      <c r="E38" s="46">
+        <v>5070</v>
+      </c>
+      <c r="F38" s="62">
+        <v>0.378</v>
+      </c>
+      <c r="G38" s="47">
+        <v>0.30199999999999999</v>
+      </c>
+      <c r="H38" s="63">
+        <v>15.9</v>
+      </c>
+      <c r="I38" s="48">
+        <v>11.1</v>
+      </c>
+      <c r="J38" s="63">
+        <v>12.3</v>
+      </c>
+      <c r="K38" s="48">
+        <v>17.600000000000001</v>
+      </c>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A39" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="B39" s="2">
+        <v>2991</v>
+      </c>
+      <c r="C39" s="2">
+        <v>3638</v>
+      </c>
+      <c r="D39" s="2">
+        <v>4177</v>
+      </c>
+      <c r="E39" s="2">
+        <v>4922</v>
+      </c>
+      <c r="F39" s="20">
+        <v>0.377</v>
+      </c>
+      <c r="G39" s="20">
+        <v>0.36299999999999999</v>
+      </c>
+      <c r="H39" s="14">
+        <v>17.899999999999999</v>
+      </c>
+      <c r="I39" s="14">
+        <v>14.9</v>
+      </c>
+      <c r="J39" s="14">
+        <v>14.7</v>
+      </c>
+      <c r="K39" s="14">
+        <v>11.6</v>
+      </c>
+    </row>
+    <row r="40" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A40" s="60" t="s">
+        <v>72</v>
+      </c>
+      <c r="B40" s="61">
+        <v>3749</v>
+      </c>
+      <c r="C40" s="46">
+        <v>3904</v>
+      </c>
+      <c r="D40" s="61">
+        <v>4741</v>
+      </c>
+      <c r="E40" s="46">
+        <v>4991</v>
+      </c>
+      <c r="F40" s="62">
+        <v>0.36699999999999999</v>
+      </c>
+      <c r="G40" s="47">
+        <v>0.33400000000000002</v>
+      </c>
+      <c r="H40" s="63">
+        <v>13.5</v>
+      </c>
+      <c r="I40" s="48">
+        <v>12.7</v>
+      </c>
+      <c r="J40" s="63">
+        <v>11.2</v>
+      </c>
+      <c r="K40" s="48">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="41" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A41" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="B41" s="2">
+        <v>3342</v>
+      </c>
+      <c r="C41" s="2">
+        <v>3871</v>
+      </c>
+      <c r="D41" s="2">
+        <v>4473</v>
+      </c>
+      <c r="E41" s="2">
+        <v>4684</v>
+      </c>
+      <c r="F41" s="20">
+        <v>0.36</v>
+      </c>
+      <c r="G41" s="20">
+        <v>0.30199999999999999</v>
+      </c>
+      <c r="H41" s="14">
+        <v>18.5</v>
+      </c>
+      <c r="I41" s="14">
+        <v>16.3</v>
+      </c>
+      <c r="J41" s="14">
+        <v>12</v>
+      </c>
+      <c r="K41" s="14">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A42" s="60" t="s">
+        <v>74</v>
+      </c>
+      <c r="B42" s="61">
+        <v>2763</v>
+      </c>
+      <c r="C42" s="46">
+        <v>2994</v>
+      </c>
+      <c r="D42" s="61">
+        <v>3798</v>
+      </c>
+      <c r="E42" s="46">
+        <v>3872</v>
+      </c>
+      <c r="F42" s="62">
+        <v>0.39900000000000002</v>
+      </c>
+      <c r="G42" s="47">
+        <v>0.34200000000000003</v>
+      </c>
+      <c r="H42" s="63">
+        <v>22.4</v>
+      </c>
+      <c r="I42" s="48">
+        <v>20.2</v>
+      </c>
+      <c r="J42" s="63">
+        <v>30.6</v>
+      </c>
+      <c r="K42" s="48">
+        <v>22.8</v>
+      </c>
+    </row>
+    <row r="43" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A43" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="B43" s="2">
+        <v>2906</v>
+      </c>
+      <c r="C43" s="2">
+        <v>3008</v>
+      </c>
+      <c r="D43" s="2">
+        <v>3735</v>
+      </c>
+      <c r="E43" s="2">
+        <v>3829</v>
+      </c>
+      <c r="F43" s="20">
+        <v>0.35</v>
+      </c>
+      <c r="G43" s="20">
+        <v>0.315</v>
+      </c>
+      <c r="H43" s="14">
+        <v>11.3</v>
+      </c>
+      <c r="I43" s="14">
+        <v>10.1</v>
+      </c>
+      <c r="J43" s="14">
+        <v>17.899999999999999</v>
+      </c>
+      <c r="K43" s="14">
+        <v>19.3</v>
+      </c>
+    </row>
+    <row r="44" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="53" t="s">
+        <v>76</v>
+      </c>
+      <c r="B44" s="54">
+        <v>2630</v>
+      </c>
+      <c r="C44" s="55">
+        <v>3385</v>
+      </c>
+      <c r="D44" s="54">
+        <v>3153</v>
+      </c>
+      <c r="E44" s="55">
+        <v>3511</v>
+      </c>
+      <c r="F44" s="56">
+        <v>0.36499999999999999</v>
+      </c>
+      <c r="G44" s="57">
+        <v>0.218</v>
+      </c>
+      <c r="H44" s="58">
+        <v>43.8</v>
+      </c>
+      <c r="I44" s="59">
+        <v>20</v>
+      </c>
+      <c r="J44" s="58">
+        <v>43.8</v>
+      </c>
+      <c r="K44" s="59">
+        <v>6.7</v>
+      </c>
+    </row>
+    <row r="45" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A45" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B45" s="4">
+        <v>6210</v>
+      </c>
+      <c r="C45" s="4">
+        <v>6891</v>
+      </c>
+      <c r="D45" s="4">
+        <v>8057</v>
+      </c>
+      <c r="E45" s="4">
+        <v>8686</v>
+      </c>
+      <c r="F45" s="19">
+        <v>0.37</v>
+      </c>
+      <c r="G45" s="19">
+        <v>0.33700000000000002</v>
+      </c>
+      <c r="H45" s="13">
+        <v>4.2</v>
+      </c>
+      <c r="I45" s="13">
+        <v>3</v>
+      </c>
+      <c r="J45" s="13">
+        <v>13.2</v>
+      </c>
+      <c r="K45" s="13">
+        <v>10.3</v>
+      </c>
+    </row>
+    <row r="46" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A46" s="60" t="s">
+        <v>77</v>
+      </c>
+      <c r="B46" s="61">
+        <v>5611</v>
+      </c>
+      <c r="C46" s="46">
+        <v>6308</v>
+      </c>
+      <c r="D46" s="61">
+        <v>7235</v>
+      </c>
+      <c r="E46" s="46">
+        <v>7855</v>
+      </c>
+      <c r="F46" s="62">
+        <v>0.34300000000000003</v>
+      </c>
+      <c r="G46" s="47">
+        <v>0.32700000000000001</v>
+      </c>
+      <c r="H46" s="63">
+        <v>4.8</v>
+      </c>
+      <c r="I46" s="48">
+        <v>4.5</v>
+      </c>
+      <c r="J46" s="63">
+        <v>14.1</v>
+      </c>
+      <c r="K46" s="48">
+        <v>11.4</v>
+      </c>
+    </row>
+    <row r="47" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A47" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="B47" s="2">
+        <v>5895</v>
+      </c>
+      <c r="C47" s="2">
+        <v>6401</v>
+      </c>
+      <c r="D47" s="2">
+        <v>7145</v>
+      </c>
+      <c r="E47" s="2">
+        <v>7755</v>
+      </c>
+      <c r="F47" s="20">
+        <v>0.33200000000000002</v>
+      </c>
+      <c r="G47" s="20">
+        <v>0.29799999999999999</v>
+      </c>
+      <c r="H47" s="14">
         <v>5.5</v>
       </c>
-      <c r="K27" s="83">
-[...28 lines deleted...]
-      <c r="I28" s="51">
+      <c r="I47" s="14">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="J47" s="14">
+        <v>16</v>
+      </c>
+      <c r="K47" s="14">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="48" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="76" t="s">
+        <v>79</v>
+      </c>
+      <c r="B48" s="77">
+        <v>6557</v>
+      </c>
+      <c r="C48" s="78">
+        <v>7415</v>
+      </c>
+      <c r="D48" s="77">
+        <v>8593</v>
+      </c>
+      <c r="E48" s="78">
+        <v>9232</v>
+      </c>
+      <c r="F48" s="79">
+        <v>0.38300000000000001</v>
+      </c>
+      <c r="G48" s="80">
+        <v>0.373</v>
+      </c>
+      <c r="H48" s="81">
+        <v>3.7</v>
+      </c>
+      <c r="I48" s="82">
+        <v>2.8</v>
+      </c>
+      <c r="J48" s="81">
+        <v>12.2</v>
+      </c>
+      <c r="K48" s="82">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="49" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A49" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B49" s="4">
+        <v>5226</v>
+      </c>
+      <c r="C49" s="4">
+        <v>5591</v>
+      </c>
+      <c r="D49" s="4">
+        <v>6788</v>
+      </c>
+      <c r="E49" s="4">
+        <v>7305</v>
+      </c>
+      <c r="F49" s="19">
+        <v>0.36899999999999999</v>
+      </c>
+      <c r="G49" s="19">
+        <v>0.34300000000000003</v>
+      </c>
+      <c r="H49" s="13">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="I49" s="13">
+        <v>4</v>
+      </c>
+      <c r="J49" s="13">
+        <v>13.3</v>
+      </c>
+      <c r="K49" s="13">
+        <v>11.9</v>
+      </c>
+    </row>
+    <row r="50" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A50" s="60" t="s">
+        <v>80</v>
+      </c>
+      <c r="B50" s="61">
+        <v>3636</v>
+      </c>
+      <c r="C50" s="46">
+        <v>3713</v>
+      </c>
+      <c r="D50" s="61">
+        <v>4445</v>
+      </c>
+      <c r="E50" s="46">
+        <v>4664</v>
+      </c>
+      <c r="F50" s="62">
+        <v>0.32600000000000001</v>
+      </c>
+      <c r="G50" s="47">
+        <v>0.313</v>
+      </c>
+      <c r="H50" s="63">
+        <v>7.3</v>
+      </c>
+      <c r="I50" s="48">
+        <v>6.4</v>
+      </c>
+      <c r="J50" s="63">
+        <v>29.9</v>
+      </c>
+      <c r="K50" s="48">
+        <v>27.5</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A51" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="B51" s="2">
+        <v>3471</v>
+      </c>
+      <c r="C51" s="2">
+        <v>3996</v>
+      </c>
+      <c r="D51" s="2">
+        <v>4509</v>
+      </c>
+      <c r="E51" s="2">
+        <v>4888</v>
+      </c>
+      <c r="F51" s="20">
+        <v>0.34599999999999997</v>
+      </c>
+      <c r="G51" s="20">
+        <v>0.32400000000000001</v>
+      </c>
+      <c r="H51" s="14">
+        <v>6.8</v>
+      </c>
+      <c r="I51" s="14">
+        <v>6.2</v>
+      </c>
+      <c r="J51" s="14">
+        <v>31.5</v>
+      </c>
+      <c r="K51" s="14">
+        <v>27.8</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A52" s="60" t="s">
+        <v>82</v>
+      </c>
+      <c r="B52" s="61">
+        <v>4805</v>
+      </c>
+      <c r="C52" s="46">
+        <v>5342</v>
+      </c>
+      <c r="D52" s="61">
+        <v>6054</v>
+      </c>
+      <c r="E52" s="46">
+        <v>6280</v>
+      </c>
+      <c r="F52" s="62">
+        <v>0.34499999999999997</v>
+      </c>
+      <c r="G52" s="47">
+        <v>0.32400000000000001</v>
+      </c>
+      <c r="H52" s="63">
+        <v>4.9000000000000004</v>
+      </c>
+      <c r="I52" s="48">
+        <v>4.4000000000000004</v>
+      </c>
+      <c r="J52" s="63">
+        <v>13.8</v>
+      </c>
+      <c r="K52" s="48">
+        <v>16.7</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A53" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="B53" s="2">
+        <v>4655</v>
+      </c>
+      <c r="C53" s="2">
+        <v>4894</v>
+      </c>
+      <c r="D53" s="2">
+        <v>5544</v>
+      </c>
+      <c r="E53" s="2">
+        <v>5723</v>
+      </c>
+      <c r="F53" s="20">
+        <v>0.34399999999999997</v>
+      </c>
+      <c r="G53" s="20">
+        <v>0.33900000000000002</v>
+      </c>
+      <c r="H53" s="14">
+        <v>3</v>
+      </c>
+      <c r="I53" s="14">
+        <v>2.6</v>
+      </c>
+      <c r="J53" s="14">
+        <v>19</v>
+      </c>
+      <c r="K53" s="14">
+        <v>19.899999999999999</v>
+      </c>
+    </row>
+    <row r="54" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A54" s="60" t="s">
+        <v>84</v>
+      </c>
+      <c r="B54" s="61">
+        <v>6384</v>
+      </c>
+      <c r="C54" s="46">
+        <v>6472</v>
+      </c>
+      <c r="D54" s="61">
+        <v>7900</v>
+      </c>
+      <c r="E54" s="46">
+        <v>8395</v>
+      </c>
+      <c r="F54" s="62">
+        <v>0.35399999999999998</v>
+      </c>
+      <c r="G54" s="47">
+        <v>0.36799999999999999</v>
+      </c>
+      <c r="H54" s="63">
+        <v>3</v>
+      </c>
+      <c r="I54" s="48">
+        <v>2.8</v>
+      </c>
+      <c r="J54" s="63">
+        <v>7.5</v>
+      </c>
+      <c r="K54" s="48">
+        <v>6.2</v>
+      </c>
+    </row>
+    <row r="55" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A55" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="B55" s="2">
+        <v>4012</v>
+      </c>
+      <c r="C55" s="2">
+        <v>4367</v>
+      </c>
+      <c r="D55" s="2">
+        <v>5097</v>
+      </c>
+      <c r="E55" s="2">
+        <v>5715</v>
+      </c>
+      <c r="F55" s="20">
+        <v>0.34699999999999998</v>
+      </c>
+      <c r="G55" s="20">
+        <v>0.34899999999999998</v>
+      </c>
+      <c r="H55" s="14">
+        <v>7.3</v>
+      </c>
+      <c r="I55" s="14">
+        <v>7</v>
+      </c>
+      <c r="J55" s="14">
+        <v>21.5</v>
+      </c>
+      <c r="K55" s="14">
+        <v>15.1</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A56" s="53" t="s">
+        <v>86</v>
+      </c>
+      <c r="B56" s="54">
+        <v>3830</v>
+      </c>
+      <c r="C56" s="55">
+        <v>4291</v>
+      </c>
+      <c r="D56" s="54">
+        <v>4848</v>
+      </c>
+      <c r="E56" s="55">
+        <v>5777</v>
+      </c>
+      <c r="F56" s="56">
+        <v>0.33100000000000002</v>
+      </c>
+      <c r="G56" s="57">
+        <v>0.36399999999999999</v>
+      </c>
+      <c r="H56" s="58">
         <v>8</v>
       </c>
-      <c r="J28" s="66">
+      <c r="I56" s="59">
+        <v>7.1</v>
+      </c>
+      <c r="J56" s="58">
+        <v>21.8</v>
+      </c>
+      <c r="K56" s="59">
+        <v>21.4</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A57" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B57" s="4">
+        <v>4753</v>
+      </c>
+      <c r="C57" s="4">
+        <v>4975</v>
+      </c>
+      <c r="D57" s="4">
+        <v>5777</v>
+      </c>
+      <c r="E57" s="4">
+        <v>6066</v>
+      </c>
+      <c r="F57" s="19">
+        <v>0.308</v>
+      </c>
+      <c r="G57" s="19">
+        <v>0.31900000000000001</v>
+      </c>
+      <c r="H57" s="13">
+        <v>6.3</v>
+      </c>
+      <c r="I57" s="13">
+        <v>5.9</v>
+      </c>
+      <c r="J57" s="13">
+        <v>7.7</v>
+      </c>
+      <c r="K57" s="13">
+        <v>6.8</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A58" s="60" t="s">
+        <v>87</v>
+      </c>
+      <c r="B58" s="61">
+        <v>4691</v>
+      </c>
+      <c r="C58" s="46">
+        <v>5015</v>
+      </c>
+      <c r="D58" s="61">
+        <v>5563</v>
+      </c>
+      <c r="E58" s="46">
+        <v>6278</v>
+      </c>
+      <c r="F58" s="62">
+        <v>0.24399999999999999</v>
+      </c>
+      <c r="G58" s="47">
+        <v>0.28599999999999998</v>
+      </c>
+      <c r="H58" s="63">
+        <v>2.8</v>
+      </c>
+      <c r="I58" s="48">
+        <v>2</v>
+      </c>
+      <c r="J58" s="63">
+        <v>0</v>
+      </c>
+      <c r="K58" s="48">
+        <v>0.3</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A59" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B59" s="2">
+        <v>5221</v>
+      </c>
+      <c r="C59" s="2">
+        <v>5655</v>
+      </c>
+      <c r="D59" s="2">
+        <v>6265</v>
+      </c>
+      <c r="E59" s="2">
+        <v>6895</v>
+      </c>
+      <c r="F59" s="20">
+        <v>0.27200000000000002</v>
+      </c>
+      <c r="G59" s="20">
+        <v>0.29399999999999998</v>
+      </c>
+      <c r="H59" s="14">
+        <v>1.9</v>
+      </c>
+      <c r="I59" s="14">
+        <v>5</v>
+      </c>
+      <c r="J59" s="14">
+        <v>0</v>
+      </c>
+      <c r="K59" s="14">
+        <v>1.7</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A60" s="60" t="s">
+        <v>89</v>
+      </c>
+      <c r="B60" s="61">
+        <v>3781</v>
+      </c>
+      <c r="C60" s="46">
+        <v>4231</v>
+      </c>
+      <c r="D60" s="61">
+        <v>4537</v>
+      </c>
+      <c r="E60" s="46">
+        <v>5220</v>
+      </c>
+      <c r="F60" s="62">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="G60" s="47">
+        <v>0.31900000000000001</v>
+      </c>
+      <c r="H60" s="63">
+        <v>8.6</v>
+      </c>
+      <c r="I60" s="48">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="J60" s="63">
+        <v>15.3</v>
+      </c>
+      <c r="K60" s="48">
+        <v>14.3</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A61" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="B61" s="2">
+        <v>5926</v>
+      </c>
+      <c r="C61" s="2">
+        <v>5520</v>
+      </c>
+      <c r="D61" s="2">
+        <v>6938</v>
+      </c>
+      <c r="E61" s="2">
+        <v>7008</v>
+      </c>
+      <c r="F61" s="20">
+        <v>0.30599999999999999</v>
+      </c>
+      <c r="G61" s="20">
+        <v>0.33200000000000002</v>
+      </c>
+      <c r="H61" s="14">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="I61" s="14">
+        <v>3.7</v>
+      </c>
+      <c r="J61" s="14">
+        <v>5</v>
+      </c>
+      <c r="K61" s="14">
+        <v>5.0999999999999996</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A62" s="60" t="s">
+        <v>91</v>
+      </c>
+      <c r="B62" s="61">
+        <v>4115</v>
+      </c>
+      <c r="C62" s="46">
+        <v>4611</v>
+      </c>
+      <c r="D62" s="61">
+        <v>4959</v>
+      </c>
+      <c r="E62" s="46">
+        <v>5276</v>
+      </c>
+      <c r="F62" s="62">
+        <v>0.28000000000000003</v>
+      </c>
+      <c r="G62" s="47">
+        <v>0.23699999999999999</v>
+      </c>
+      <c r="H62" s="63">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="I62" s="48">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="J62" s="63">
+        <v>8.6</v>
+      </c>
+      <c r="K62" s="48">
+        <v>0.8</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A63" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="B63" s="2">
+        <v>4053</v>
+      </c>
+      <c r="C63" s="2">
+        <v>4344</v>
+      </c>
+      <c r="D63" s="2">
+        <v>4780</v>
+      </c>
+      <c r="E63" s="2">
+        <v>5098</v>
+      </c>
+      <c r="F63" s="20">
+        <v>0.30299999999999999</v>
+      </c>
+      <c r="G63" s="20">
+        <v>0.27700000000000002</v>
+      </c>
+      <c r="H63" s="14">
+        <v>11.6</v>
+      </c>
+      <c r="I63" s="14">
+        <v>10.9</v>
+      </c>
+      <c r="J63" s="14">
+        <v>15.4</v>
+      </c>
+      <c r="K63" s="14">
+        <v>8.5</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A64" s="60" t="s">
+        <v>93</v>
+      </c>
+      <c r="B64" s="61">
+        <v>4375</v>
+      </c>
+      <c r="C64" s="46">
+        <v>4427</v>
+      </c>
+      <c r="D64" s="61">
+        <v>5445</v>
+      </c>
+      <c r="E64" s="46">
+        <v>5940</v>
+      </c>
+      <c r="F64" s="62">
+        <v>0.25700000000000001</v>
+      </c>
+      <c r="G64" s="47">
+        <v>0.33500000000000002</v>
+      </c>
+      <c r="H64" s="63">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="I64" s="48">
+        <v>3.4</v>
+      </c>
+      <c r="J64" s="63">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="K64" s="48">
+        <v>0.8</v>
+      </c>
+    </row>
+    <row r="65" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A65" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="B65" s="2">
+        <v>4283</v>
+      </c>
+      <c r="C65" s="2">
+        <v>4595</v>
+      </c>
+      <c r="D65" s="2">
+        <v>5180</v>
+      </c>
+      <c r="E65" s="2">
+        <v>5521</v>
+      </c>
+      <c r="F65" s="20">
+        <v>0.29099999999999998</v>
+      </c>
+      <c r="G65" s="20">
+        <v>0.31900000000000001</v>
+      </c>
+      <c r="H65" s="14">
+        <v>6.6</v>
+      </c>
+      <c r="I65" s="14">
+        <v>6.2</v>
+      </c>
+      <c r="J65" s="14">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="K65" s="14">
+        <v>13.1</v>
+      </c>
+    </row>
+    <row r="66" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A66" s="60" t="s">
+        <v>95</v>
+      </c>
+      <c r="B66" s="61">
+        <v>4148</v>
+      </c>
+      <c r="C66" s="46">
+        <v>4760</v>
+      </c>
+      <c r="D66" s="61">
+        <v>5103</v>
+      </c>
+      <c r="E66" s="46">
+        <v>5429</v>
+      </c>
+      <c r="F66" s="62">
+        <v>0.32900000000000001</v>
+      </c>
+      <c r="G66" s="47">
+        <v>0.27900000000000003</v>
+      </c>
+      <c r="H66" s="63">
+        <v>12</v>
+      </c>
+      <c r="I66" s="48">
+        <v>8.1999999999999993</v>
+      </c>
+      <c r="J66" s="63">
+        <v>14.9</v>
+      </c>
+      <c r="K66" s="48">
+        <v>3.9</v>
+      </c>
+    </row>
+    <row r="67" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A67" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="B67" s="2">
+        <v>4319</v>
+      </c>
+      <c r="C67" s="2">
+        <v>4470</v>
+      </c>
+      <c r="D67" s="2">
+        <v>5036</v>
+      </c>
+      <c r="E67" s="2">
+        <v>5088</v>
+      </c>
+      <c r="F67" s="20">
+        <v>0.28799999999999998</v>
+      </c>
+      <c r="G67" s="20">
+        <v>0.25700000000000001</v>
+      </c>
+      <c r="H67" s="14">
+        <v>8.8000000000000007</v>
+      </c>
+      <c r="I67" s="14">
+        <v>7.9</v>
+      </c>
+      <c r="J67" s="14">
+        <v>12.1</v>
+      </c>
+      <c r="K67" s="14">
+        <v>7.9</v>
+      </c>
+    </row>
+    <row r="68" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A68" s="53" t="s">
+        <v>97</v>
+      </c>
+      <c r="B68" s="54">
+        <v>3866</v>
+      </c>
+      <c r="C68" s="54">
+        <v>4269</v>
+      </c>
+      <c r="D68" s="54">
+        <v>4567</v>
+      </c>
+      <c r="E68" s="54">
+        <v>4997</v>
+      </c>
+      <c r="F68" s="56">
+        <v>0.25600000000000001</v>
+      </c>
+      <c r="G68" s="56">
+        <v>0.36099999999999999</v>
+      </c>
+      <c r="H68" s="58">
+        <v>8.5</v>
+      </c>
+      <c r="I68" s="58">
+        <v>9</v>
+      </c>
+      <c r="J68" s="58">
+        <v>10</v>
+      </c>
+      <c r="K68" s="58">
+        <v>18.5</v>
+      </c>
+    </row>
+    <row r="69" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A69" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B69" s="4">
+        <v>6502</v>
+      </c>
+      <c r="C69" s="4">
+        <v>7386</v>
+      </c>
+      <c r="D69" s="4">
+        <v>8267</v>
+      </c>
+      <c r="E69" s="4">
+        <v>9152</v>
+      </c>
+      <c r="F69" s="19">
+        <v>0.371</v>
+      </c>
+      <c r="G69" s="19">
+        <v>0.311</v>
+      </c>
+      <c r="H69" s="13">
+        <v>2</v>
+      </c>
+      <c r="I69" s="13">
+        <v>1.9</v>
+      </c>
+      <c r="J69" s="13">
+        <v>15.3</v>
+      </c>
+      <c r="K69" s="13">
+        <v>15.1</v>
+      </c>
+    </row>
+    <row r="70" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A70" s="60" t="s">
+        <v>98</v>
+      </c>
+      <c r="B70" s="61">
+        <v>6220</v>
+      </c>
+      <c r="C70" s="46">
+        <v>6892</v>
+      </c>
+      <c r="D70" s="61">
+        <v>8056</v>
+      </c>
+      <c r="E70" s="46">
+        <v>8413</v>
+      </c>
+      <c r="F70" s="62">
+        <v>0.377</v>
+      </c>
+      <c r="G70" s="47">
+        <v>0.34599999999999997</v>
+      </c>
+      <c r="H70" s="63">
+        <v>2.4</v>
+      </c>
+      <c r="I70" s="48">
+        <v>2.8</v>
+      </c>
+      <c r="J70" s="63">
+        <v>16.600000000000001</v>
+      </c>
+      <c r="K70" s="48">
+        <v>17.399999999999999</v>
+      </c>
+    </row>
+    <row r="71" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A71" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="B71" s="2">
+        <v>6103</v>
+      </c>
+      <c r="C71" s="2">
+        <v>6810</v>
+      </c>
+      <c r="D71" s="2">
+        <v>7330</v>
+      </c>
+      <c r="E71" s="2">
+        <v>8101</v>
+      </c>
+      <c r="F71" s="20">
+        <v>0.35</v>
+      </c>
+      <c r="G71" s="20">
+        <v>0.34300000000000003</v>
+      </c>
+      <c r="H71" s="14">
+        <v>3.7</v>
+      </c>
+      <c r="I71" s="14">
+        <v>3.9</v>
+      </c>
+      <c r="J71" s="14">
+        <v>18.7</v>
+      </c>
+      <c r="K71" s="14">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A72" s="60" t="s">
+        <v>100</v>
+      </c>
+      <c r="B72" s="61">
+        <v>6231</v>
+      </c>
+      <c r="C72" s="46">
+        <v>6822</v>
+      </c>
+      <c r="D72" s="61">
+        <v>7472</v>
+      </c>
+      <c r="E72" s="46">
+        <v>8234</v>
+      </c>
+      <c r="F72" s="62">
+        <v>0.36</v>
+      </c>
+      <c r="G72" s="47">
+        <v>0.35199999999999998</v>
+      </c>
+      <c r="H72" s="63">
+        <v>3.1</v>
+      </c>
+      <c r="I72" s="48">
+        <v>3</v>
+      </c>
+      <c r="J72" s="63">
+        <v>18.2</v>
+      </c>
+      <c r="K72" s="48">
+        <v>18.7</v>
+      </c>
+    </row>
+    <row r="73" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A73" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="B73" s="2">
+        <v>6714</v>
+      </c>
+      <c r="C73" s="2">
+        <v>7745</v>
+      </c>
+      <c r="D73" s="2">
+        <v>8727</v>
+      </c>
+      <c r="E73" s="2">
+        <v>9993</v>
+      </c>
+      <c r="F73" s="20">
+        <v>0.38</v>
+      </c>
+      <c r="G73" s="20">
+        <v>0.39800000000000002</v>
+      </c>
+      <c r="H73" s="14">
+        <v>0.7</v>
+      </c>
+      <c r="I73" s="14">
+        <v>0.4</v>
+      </c>
+      <c r="J73" s="14">
+        <v>14.5</v>
+      </c>
+      <c r="K73" s="14">
+        <v>14.3</v>
+      </c>
+    </row>
+    <row r="74" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A74" s="53" t="s">
+        <v>102</v>
+      </c>
+      <c r="B74" s="54">
+        <v>7247</v>
+      </c>
+      <c r="C74" s="55">
+        <v>8919</v>
+      </c>
+      <c r="D74" s="54">
+        <v>9254</v>
+      </c>
+      <c r="E74" s="55">
+        <v>10231</v>
+      </c>
+      <c r="F74" s="56">
+        <v>0.35699999999999998</v>
+      </c>
+      <c r="G74" s="57">
+        <v>0.36799999999999999</v>
+      </c>
+      <c r="H74" s="58">
+        <v>1.4</v>
+      </c>
+      <c r="I74" s="59">
+        <v>0.4</v>
+      </c>
+      <c r="J74" s="58">
+        <v>9</v>
+      </c>
+      <c r="K74" s="59">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="75" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A75" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B75" s="4">
+        <v>4494</v>
+      </c>
+      <c r="C75" s="4">
+        <v>4687</v>
+      </c>
+      <c r="D75" s="4">
+        <v>5779</v>
+      </c>
+      <c r="E75" s="4">
+        <v>6173</v>
+      </c>
+      <c r="F75" s="19">
+        <v>0.36799999999999999</v>
+      </c>
+      <c r="G75" s="19">
+        <v>0.29799999999999999</v>
+      </c>
+      <c r="H75" s="13">
+        <v>7.5</v>
+      </c>
+      <c r="I75" s="13">
+        <v>6.9</v>
+      </c>
+      <c r="J75" s="13">
+        <v>13.5</v>
+      </c>
+      <c r="K75" s="13">
+        <v>11.4</v>
+      </c>
+    </row>
+    <row r="76" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A76" s="60" t="s">
+        <v>103</v>
+      </c>
+      <c r="B76" s="61">
+        <v>3953</v>
+      </c>
+      <c r="C76" s="46">
+        <v>4339</v>
+      </c>
+      <c r="D76" s="61">
+        <v>5178</v>
+      </c>
+      <c r="E76" s="46">
+        <v>5433</v>
+      </c>
+      <c r="F76" s="62">
+        <v>0.37</v>
+      </c>
+      <c r="G76" s="47">
+        <v>0.35399999999999998</v>
+      </c>
+      <c r="H76" s="63">
+        <v>13.3</v>
+      </c>
+      <c r="I76" s="48">
+        <v>11.5</v>
+      </c>
+      <c r="J76" s="63">
+        <v>18.100000000000001</v>
+      </c>
+      <c r="K76" s="48">
+        <v>18.5</v>
+      </c>
+    </row>
+    <row r="77" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A77" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="B77" s="2">
+        <v>5135</v>
+      </c>
+      <c r="C77" s="2">
+        <v>5380</v>
+      </c>
+      <c r="D77" s="2">
+        <v>6318</v>
+      </c>
+      <c r="E77" s="2">
+        <v>6612</v>
+      </c>
+      <c r="F77" s="20">
+        <v>0.35399999999999998</v>
+      </c>
+      <c r="G77" s="20">
+        <v>0.34599999999999997</v>
+      </c>
+      <c r="H77" s="14">
+        <v>3.8</v>
+      </c>
+      <c r="I77" s="14">
+        <v>3.9</v>
+      </c>
+      <c r="J77" s="14">
+        <v>11.1</v>
+      </c>
+      <c r="K77" s="14">
+        <v>7.6</v>
+      </c>
+    </row>
+    <row r="78" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A78" s="60" t="s">
+        <v>105</v>
+      </c>
+      <c r="B78" s="61">
+        <v>5037</v>
+      </c>
+      <c r="C78" s="46">
+        <v>5136</v>
+      </c>
+      <c r="D78" s="61">
+        <v>6308</v>
+      </c>
+      <c r="E78" s="46">
+        <v>6758</v>
+      </c>
+      <c r="F78" s="62">
+        <v>0.35799999999999998</v>
+      </c>
+      <c r="G78" s="47">
+        <v>0.39100000000000001</v>
+      </c>
+      <c r="H78" s="63">
+        <v>3.8</v>
+      </c>
+      <c r="I78" s="48">
+        <v>3.8</v>
+      </c>
+      <c r="J78" s="63">
+        <v>9.4</v>
+      </c>
+      <c r="K78" s="48">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="79" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A79" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="B79" s="2">
+        <v>3996</v>
+      </c>
+      <c r="C79" s="2">
+        <v>4554</v>
+      </c>
+      <c r="D79" s="2">
+        <v>5276</v>
+      </c>
+      <c r="E79" s="2">
+        <v>5590</v>
+      </c>
+      <c r="F79" s="20">
+        <v>0.36399999999999999</v>
+      </c>
+      <c r="G79" s="20">
+        <v>0.30499999999999999</v>
+      </c>
+      <c r="H79" s="14">
+        <v>8.6999999999999993</v>
+      </c>
+      <c r="I79" s="14">
+        <v>7.3</v>
+      </c>
+      <c r="J79" s="14">
+        <v>18.899999999999999</v>
+      </c>
+      <c r="K79" s="14">
+        <v>9.1999999999999993</v>
+      </c>
+    </row>
+    <row r="80" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A80" s="60" t="s">
+        <v>107</v>
+      </c>
+      <c r="B80" s="61">
+        <v>3813</v>
+      </c>
+      <c r="C80" s="46">
+        <v>3977</v>
+      </c>
+      <c r="D80" s="61">
+        <v>5176</v>
+      </c>
+      <c r="E80" s="46">
+        <v>5489</v>
+      </c>
+      <c r="F80" s="62">
+        <v>0.39100000000000001</v>
+      </c>
+      <c r="G80" s="47">
+        <v>0.35699999999999998</v>
+      </c>
+      <c r="H80" s="63">
+        <v>13</v>
+      </c>
+      <c r="I80" s="48">
         <v>11.3</v>
       </c>
-      <c r="K28" s="51">
-[...66 lines deleted...]
-      <c r="J30" s="66">
+      <c r="J80" s="63">
+        <v>17.2</v>
+      </c>
+      <c r="K80" s="48">
+        <v>12.8</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A81" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="B81" s="2">
+        <v>4029</v>
+      </c>
+      <c r="C81" s="2">
+        <v>4843</v>
+      </c>
+      <c r="D81" s="2">
+        <v>5400</v>
+      </c>
+      <c r="E81" s="2">
+        <v>6024</v>
+      </c>
+      <c r="F81" s="20">
+        <v>0.36499999999999999</v>
+      </c>
+      <c r="G81" s="20">
+        <v>0.33500000000000002</v>
+      </c>
+      <c r="H81" s="14">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="I81" s="14">
+        <v>9</v>
+      </c>
+      <c r="J81" s="14">
+        <v>14.4</v>
+      </c>
+      <c r="K81" s="14">
+        <v>7.9</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A82" s="60" t="s">
+        <v>109</v>
+      </c>
+      <c r="B82" s="61">
+        <v>4199</v>
+      </c>
+      <c r="C82" s="46">
+        <v>4347</v>
+      </c>
+      <c r="D82" s="61">
+        <v>5203</v>
+      </c>
+      <c r="E82" s="46">
+        <v>5599</v>
+      </c>
+      <c r="F82" s="62">
+        <v>0.39</v>
+      </c>
+      <c r="G82" s="47">
+        <v>0.36</v>
+      </c>
+      <c r="H82" s="63">
+        <v>14.8</v>
+      </c>
+      <c r="I82" s="48">
+        <v>12.3</v>
+      </c>
+      <c r="J82" s="63">
+        <v>22.3</v>
+      </c>
+      <c r="K82" s="48">
+        <v>15.4</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A83" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B83" s="2">
+        <v>3467</v>
+      </c>
+      <c r="C83" s="2">
+        <v>3701</v>
+      </c>
+      <c r="D83" s="2">
+        <v>4891</v>
+      </c>
+      <c r="E83" s="2">
+        <v>4980</v>
+      </c>
+      <c r="F83" s="20">
+        <v>0.39900000000000002</v>
+      </c>
+      <c r="G83" s="20">
+        <v>0.33100000000000002</v>
+      </c>
+      <c r="H83" s="14">
+        <v>16.3</v>
+      </c>
+      <c r="I83" s="14">
+        <v>13.3</v>
+      </c>
+      <c r="J83" s="14">
+        <v>18.5</v>
+      </c>
+      <c r="K83" s="14">
+        <v>11.6</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A84" s="60" t="s">
+        <v>111</v>
+      </c>
+      <c r="B84" s="61">
+        <v>4564</v>
+      </c>
+      <c r="C84" s="46">
+        <v>4685</v>
+      </c>
+      <c r="D84" s="61">
+        <v>5956</v>
+      </c>
+      <c r="E84" s="46">
+        <v>6027</v>
+      </c>
+      <c r="F84" s="62">
+        <v>0.39100000000000001</v>
+      </c>
+      <c r="G84" s="47">
+        <v>0.35399999999999998</v>
+      </c>
+      <c r="H84" s="63">
+        <v>11.1</v>
+      </c>
+      <c r="I84" s="48">
+        <v>10.199999999999999</v>
+      </c>
+      <c r="J84" s="63">
+        <v>17.3</v>
+      </c>
+      <c r="K84" s="48">
+        <v>15.9</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A85" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="B85" s="2">
+        <v>4347</v>
+      </c>
+      <c r="C85" s="2">
+        <v>4538</v>
+      </c>
+      <c r="D85" s="2">
+        <v>5087</v>
+      </c>
+      <c r="E85" s="2">
+        <v>5608</v>
+      </c>
+      <c r="F85" s="20">
+        <v>0.30599999999999999</v>
+      </c>
+      <c r="G85" s="20">
+        <v>0.37</v>
+      </c>
+      <c r="H85" s="14">
+        <v>4.7</v>
+      </c>
+      <c r="I85" s="14">
+        <v>4.5</v>
+      </c>
+      <c r="J85" s="14">
+        <v>10.3</v>
+      </c>
+      <c r="K85" s="14">
+        <v>22.4</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A86" s="60" t="s">
+        <v>113</v>
+      </c>
+      <c r="B86" s="61">
+        <v>5015</v>
+      </c>
+      <c r="C86" s="46">
+        <v>4856</v>
+      </c>
+      <c r="D86" s="61">
+        <v>6122</v>
+      </c>
+      <c r="E86" s="46">
+        <v>6229</v>
+      </c>
+      <c r="F86" s="62">
+        <v>0.35899999999999999</v>
+      </c>
+      <c r="G86" s="47">
+        <v>0.35</v>
+      </c>
+      <c r="H86" s="63">
+        <v>9.1999999999999993</v>
+      </c>
+      <c r="I86" s="48">
+        <v>7.7</v>
+      </c>
+      <c r="J86" s="63">
+        <v>14.8</v>
+      </c>
+      <c r="K86" s="48">
+        <v>10.9</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A87" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="B87" s="2">
+        <v>4076</v>
+      </c>
+      <c r="C87" s="2">
+        <v>4134</v>
+      </c>
+      <c r="D87" s="2">
+        <v>5160</v>
+      </c>
+      <c r="E87" s="2">
+        <v>5326</v>
+      </c>
+      <c r="F87" s="20">
+        <v>0.36099999999999999</v>
+      </c>
+      <c r="G87" s="20">
+        <v>0.36099999999999999</v>
+      </c>
+      <c r="H87" s="14">
         <v>12.4</v>
       </c>
-      <c r="K30" s="51">
-[...98 lines deleted...]
-      <c r="I33" s="98">
+      <c r="I87" s="14">
         <v>11.5</v>
       </c>
-      <c r="J33" s="98">
-[...34 lines deleted...]
-      <c r="J34" s="66">
+      <c r="J87" s="14">
+        <v>19.8</v>
+      </c>
+      <c r="K87" s="14">
+        <v>18.600000000000001</v>
+      </c>
+    </row>
+    <row r="88" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A88" s="53" t="s">
+        <v>115</v>
+      </c>
+      <c r="B88" s="54">
+        <v>3673</v>
+      </c>
+      <c r="C88" s="55">
+        <v>3827</v>
+      </c>
+      <c r="D88" s="54">
+        <v>4439</v>
+      </c>
+      <c r="E88" s="55">
+        <v>5019</v>
+      </c>
+      <c r="F88" s="56">
+        <v>0.29899999999999999</v>
+      </c>
+      <c r="G88" s="57">
+        <v>0.33700000000000002</v>
+      </c>
+      <c r="H88" s="58">
+        <v>5.3</v>
+      </c>
+      <c r="I88" s="59">
         <v>10.4</v>
       </c>
-      <c r="K34" s="51">
-[...1463 lines deleted...]
-      <c r="I76" s="51">
+      <c r="J88" s="58">
+        <v>18.899999999999999</v>
+      </c>
+      <c r="K88" s="59">
         <v>11.5</v>
       </c>
-      <c r="J76" s="66">
-[...426 lines deleted...]
-    <row r="89" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    </row>
+    <row r="89" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A89" s="8" t="s">
         <v>21</v>
       </c>
       <c r="B89" s="9">
         <v>4713</v>
       </c>
       <c r="C89" s="9">
         <v>4950</v>
       </c>
       <c r="D89" s="9">
         <v>5664</v>
       </c>
       <c r="E89" s="9">
         <v>5996</v>
       </c>
       <c r="F89" s="22">
         <v>0.33600000000000002</v>
       </c>
       <c r="G89" s="22">
         <v>0.33400000000000002</v>
       </c>
       <c r="H89" s="16">
         <v>4</v>
       </c>
       <c r="I89" s="16">
         <v>3.6</v>
       </c>
       <c r="J89" s="16">
         <v>12.6</v>
       </c>
       <c r="K89" s="16">
         <v>11.3</v>
       </c>
     </row>
-    <row r="90" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A90" s="79" t="s">
+    <row r="90" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A90" s="72" t="s">
         <v>22</v>
       </c>
-      <c r="B90" s="80">
+      <c r="B90" s="73">
         <v>9983</v>
       </c>
-      <c r="C90" s="53">
+      <c r="C90" s="50">
         <v>10726</v>
       </c>
-      <c r="D90" s="80">
+      <c r="D90" s="73">
         <v>12233</v>
       </c>
-      <c r="E90" s="53">
+      <c r="E90" s="50">
         <v>13296</v>
       </c>
-      <c r="F90" s="81">
+      <c r="F90" s="74">
         <v>0.36099999999999999</v>
       </c>
-      <c r="G90" s="54">
+      <c r="G90" s="51">
         <v>0.33200000000000002</v>
       </c>
-      <c r="H90" s="82">
+      <c r="H90" s="75">
         <v>1.5</v>
       </c>
-      <c r="I90" s="55">
+      <c r="I90" s="52">
         <v>0.9</v>
       </c>
-      <c r="J90" s="82">
+      <c r="J90" s="75">
         <v>14.2</v>
       </c>
-      <c r="K90" s="55">
+      <c r="K90" s="52">
         <v>8.5</v>
       </c>
     </row>
-    <row r="91" spans="1:11" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A91" s="84" t="s">
+    <row r="91" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A91" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="B91" s="85">
+      <c r="B91" s="2">
         <v>10180</v>
       </c>
-      <c r="C91" s="85">
+      <c r="C91" s="2">
         <v>10777</v>
       </c>
-      <c r="D91" s="85">
+      <c r="D91" s="2">
         <v>13523</v>
       </c>
-      <c r="E91" s="85">
+      <c r="E91" s="2">
         <v>14168</v>
       </c>
-      <c r="F91" s="86">
+      <c r="F91" s="20">
         <v>0.39200000000000002</v>
       </c>
-      <c r="G91" s="86">
+      <c r="G91" s="20">
         <v>0.36599999999999999</v>
       </c>
-      <c r="H91" s="83">
+      <c r="H91" s="14">
         <v>2.4</v>
       </c>
-      <c r="I91" s="83">
+      <c r="I91" s="14">
         <v>2.1</v>
       </c>
-      <c r="J91" s="83">
+      <c r="J91" s="14">
         <v>13.8</v>
       </c>
-      <c r="K91" s="83">
+      <c r="K91" s="14">
         <v>9.8000000000000007</v>
       </c>
     </row>
-    <row r="92" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A92" s="63" t="s">
+    <row r="92" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A92" s="60" t="s">
         <v>117</v>
       </c>
-      <c r="B92" s="64">
+      <c r="B92" s="61">
         <v>8203</v>
       </c>
-      <c r="C92" s="49">
+      <c r="C92" s="46">
         <v>8837</v>
       </c>
-      <c r="D92" s="64">
+      <c r="D92" s="61">
         <v>10278</v>
       </c>
-      <c r="E92" s="49">
+      <c r="E92" s="46">
         <v>10912</v>
       </c>
-      <c r="F92" s="65">
+      <c r="F92" s="62">
         <v>0.34699999999999998</v>
       </c>
-      <c r="G92" s="50">
+      <c r="G92" s="47">
         <v>0.29899999999999999</v>
       </c>
-      <c r="H92" s="66">
+      <c r="H92" s="63">
         <v>2.2000000000000002</v>
       </c>
-      <c r="I92" s="51">
+      <c r="I92" s="48">
         <v>1</v>
       </c>
-      <c r="J92" s="66">
+      <c r="J92" s="63">
         <v>20.3</v>
       </c>
-      <c r="K92" s="51">
+      <c r="K92" s="48">
         <v>12</v>
       </c>
     </row>
-    <row r="93" spans="1:11" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A93" s="84" t="s">
+    <row r="93" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A93" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="B93" s="85">
+      <c r="B93" s="2">
         <v>10093</v>
       </c>
-      <c r="C93" s="85">
+      <c r="C93" s="2">
         <v>10583</v>
       </c>
-      <c r="D93" s="85">
+      <c r="D93" s="2">
         <v>11048</v>
       </c>
-      <c r="E93" s="85">
+      <c r="E93" s="2">
         <v>11714</v>
       </c>
-      <c r="F93" s="86">
+      <c r="F93" s="20">
         <v>0.27700000000000002</v>
       </c>
-      <c r="G93" s="86">
+      <c r="G93" s="20">
         <v>0.16</v>
       </c>
-      <c r="H93" s="83">
+      <c r="H93" s="14">
         <v>0.3</v>
       </c>
-      <c r="I93" s="83">
+      <c r="I93" s="14">
         <v>0.3</v>
       </c>
-      <c r="J93" s="83">
+      <c r="J93" s="14">
         <v>9.4</v>
       </c>
-      <c r="K93" s="83">
+      <c r="K93" s="14">
         <v>2.2000000000000002</v>
       </c>
     </row>
-    <row r="94" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A94" s="63" t="s">
+    <row r="94" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A94" s="60" t="s">
         <v>119</v>
       </c>
-      <c r="B94" s="64">
+      <c r="B94" s="61">
         <v>7644</v>
       </c>
-      <c r="C94" s="49">
+      <c r="C94" s="46">
         <v>8046</v>
       </c>
-      <c r="D94" s="64">
+      <c r="D94" s="61">
         <v>9410</v>
       </c>
-      <c r="E94" s="49">
+      <c r="E94" s="46">
         <v>10584</v>
       </c>
-      <c r="F94" s="65">
+      <c r="F94" s="62">
         <v>0.34599999999999997</v>
       </c>
-      <c r="G94" s="50">
+      <c r="G94" s="47">
         <v>0.35</v>
       </c>
-      <c r="H94" s="66">
+      <c r="H94" s="63">
         <v>2.8</v>
       </c>
-      <c r="I94" s="51">
+      <c r="I94" s="48">
         <v>1.8</v>
       </c>
-      <c r="J94" s="66">
+      <c r="J94" s="63">
         <v>25.2</v>
       </c>
-      <c r="K94" s="51">
+      <c r="K94" s="48">
         <v>21</v>
       </c>
     </row>
-    <row r="95" spans="1:11" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A95" s="84" t="s">
+    <row r="95" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A95" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="B95" s="85">
+      <c r="B95" s="2">
         <v>9618</v>
       </c>
-      <c r="C95" s="85">
+      <c r="C95" s="2">
         <v>10688</v>
       </c>
-      <c r="D95" s="85">
+      <c r="D95" s="2">
         <v>12760</v>
       </c>
-      <c r="E95" s="85">
+      <c r="E95" s="2">
         <v>14422</v>
       </c>
-      <c r="F95" s="86">
+      <c r="F95" s="20">
         <v>0.39200000000000002</v>
       </c>
-      <c r="G95" s="86">
+      <c r="G95" s="20">
         <v>0.38700000000000001</v>
       </c>
-      <c r="H95" s="83">
+      <c r="H95" s="14">
         <v>1.6</v>
       </c>
-      <c r="I95" s="83">
+      <c r="I95" s="14">
         <v>1</v>
       </c>
-      <c r="J95" s="83">
+      <c r="J95" s="14">
         <v>14.9</v>
       </c>
-      <c r="K95" s="83">
+      <c r="K95" s="14">
         <v>10.8</v>
       </c>
     </row>
-    <row r="96" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A96" s="63" t="s">
+    <row r="96" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A96" s="60" t="s">
         <v>121</v>
       </c>
-      <c r="B96" s="64">
+      <c r="B96" s="61">
         <v>5533</v>
       </c>
-      <c r="C96" s="49">
+      <c r="C96" s="46">
         <v>6941</v>
       </c>
-      <c r="D96" s="64">
+      <c r="D96" s="61">
         <v>6930</v>
       </c>
-      <c r="E96" s="49">
+      <c r="E96" s="46">
         <v>8033</v>
       </c>
-      <c r="F96" s="65">
+      <c r="F96" s="62">
         <v>0.32100000000000001</v>
       </c>
-      <c r="G96" s="50">
+      <c r="G96" s="47">
         <v>0.26800000000000002</v>
       </c>
-      <c r="H96" s="66">
+      <c r="H96" s="63">
         <v>5.3</v>
       </c>
-      <c r="I96" s="51">
+      <c r="I96" s="48">
         <v>2.7</v>
       </c>
-      <c r="J96" s="66">
+      <c r="J96" s="63">
         <v>42.6</v>
       </c>
-      <c r="K96" s="51">
+      <c r="K96" s="48">
         <v>25.7</v>
       </c>
     </row>
-    <row r="97" spans="1:11" s="87" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A97" s="84" t="s">
+    <row r="97" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A97" s="5" t="s">
         <v>122</v>
       </c>
-      <c r="B97" s="85">
+      <c r="B97" s="2">
         <v>12608</v>
       </c>
-      <c r="C97" s="85">
+      <c r="C97" s="2">
         <v>11131</v>
       </c>
-      <c r="D97" s="85">
+      <c r="D97" s="2">
         <v>13673</v>
       </c>
-      <c r="E97" s="85">
+      <c r="E97" s="2">
         <v>15906</v>
       </c>
-      <c r="F97" s="86">
+      <c r="F97" s="20">
         <v>0.22900000000000001</v>
       </c>
-      <c r="G97" s="86">
+      <c r="G97" s="20">
         <v>0.33200000000000002</v>
       </c>
-      <c r="H97" s="83">
+      <c r="H97" s="14">
         <v>0</v>
       </c>
-      <c r="I97" s="83">
+      <c r="I97" s="14">
         <v>0.1</v>
       </c>
-      <c r="J97" s="83">
+      <c r="J97" s="14">
         <v>3.4</v>
       </c>
-      <c r="K97" s="83">
+      <c r="K97" s="14">
         <v>1.1000000000000001</v>
       </c>
     </row>
-    <row r="98" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A98" s="63" t="s">
+    <row r="98" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A98" s="60" t="s">
         <v>123</v>
       </c>
-      <c r="B98" s="64">
+      <c r="B98" s="61">
         <v>11210</v>
       </c>
-      <c r="C98" s="49">
+      <c r="C98" s="46">
         <v>11404</v>
       </c>
-      <c r="D98" s="64">
+      <c r="D98" s="61">
         <v>13386</v>
       </c>
-      <c r="E98" s="49">
+      <c r="E98" s="46">
         <v>13822</v>
       </c>
-      <c r="F98" s="65">
+      <c r="F98" s="62">
         <v>0.32600000000000001</v>
       </c>
-      <c r="G98" s="50">
+      <c r="G98" s="47">
         <v>0.219</v>
       </c>
-      <c r="H98" s="66">
+      <c r="H98" s="63">
         <v>0.5</v>
       </c>
-      <c r="I98" s="51">
+      <c r="I98" s="48">
         <v>0.1</v>
       </c>
-      <c r="J98" s="66">
+      <c r="J98" s="63">
         <v>7</v>
       </c>
-      <c r="K98" s="51">
+      <c r="K98" s="48">
         <v>0.3</v>
       </c>
     </row>
-    <row r="99" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A99" s="6" t="s">
         <v>124</v>
       </c>
       <c r="B99" s="7">
         <v>7678</v>
       </c>
       <c r="C99" s="7">
         <v>8485</v>
       </c>
       <c r="D99" s="7">
         <v>8779</v>
       </c>
       <c r="E99" s="7">
         <v>9499</v>
       </c>
       <c r="F99" s="21">
         <v>0.29699999999999999</v>
       </c>
       <c r="G99" s="21">
         <v>0.29899999999999999</v>
       </c>
       <c r="H99" s="15">
         <v>1.7</v>
       </c>
       <c r="I99" s="15">
         <v>0.4</v>
       </c>
       <c r="J99" s="15">
         <v>23.9</v>
       </c>
       <c r="K99" s="15">
         <v>16.7</v>
       </c>
     </row>
-    <row r="100" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A100" s="79" t="s">
+    <row r="100" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A100" s="72" t="s">
         <v>23</v>
       </c>
-      <c r="B100" s="80">
+      <c r="B100" s="73">
         <v>5878</v>
       </c>
-      <c r="C100" s="53">
+      <c r="C100" s="50">
         <v>6627</v>
       </c>
-      <c r="D100" s="80">
+      <c r="D100" s="73">
         <v>7248</v>
       </c>
-      <c r="E100" s="53">
+      <c r="E100" s="50">
         <v>7627</v>
       </c>
-      <c r="F100" s="81">
+      <c r="F100" s="74">
         <v>0.32600000000000001</v>
       </c>
-      <c r="G100" s="54">
+      <c r="G100" s="51">
         <v>0.26300000000000001</v>
       </c>
-      <c r="H100" s="82">
+      <c r="H100" s="75">
         <v>6.2</v>
       </c>
-      <c r="I100" s="55">
+      <c r="I100" s="52">
         <v>5.8</v>
       </c>
-      <c r="J100" s="82">
+      <c r="J100" s="75">
         <v>6.9</v>
       </c>
-      <c r="K100" s="55">
+      <c r="K100" s="52">
         <v>9.9</v>
       </c>
     </row>
-    <row r="101" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A101" s="5" t="s">
         <v>125</v>
       </c>
       <c r="B101" s="2">
         <v>4743</v>
       </c>
       <c r="C101" s="2">
         <v>5820</v>
       </c>
       <c r="D101" s="2">
         <v>6285</v>
       </c>
       <c r="E101" s="2">
         <v>6747</v>
       </c>
       <c r="F101" s="20">
         <v>0.33</v>
       </c>
       <c r="G101" s="20">
         <v>0.311</v>
       </c>
       <c r="H101" s="14">
         <v>12.7</v>
       </c>
       <c r="I101" s="14">
         <v>13.1</v>
       </c>
       <c r="J101" s="14">
         <v>11.3</v>
       </c>
       <c r="K101" s="14">
         <v>14.2</v>
       </c>
     </row>
-    <row r="102" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A102" s="63" t="s">
+    <row r="102" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A102" s="60" t="s">
         <v>126</v>
       </c>
-      <c r="B102" s="64">
+      <c r="B102" s="61">
         <v>6356</v>
       </c>
-      <c r="C102" s="49">
+      <c r="C102" s="46">
         <v>7156</v>
       </c>
-      <c r="D102" s="64">
+      <c r="D102" s="61">
         <v>7902</v>
       </c>
-      <c r="E102" s="49">
+      <c r="E102" s="46">
         <v>8055</v>
       </c>
-      <c r="F102" s="65">
+      <c r="F102" s="62">
         <v>0.308</v>
       </c>
-      <c r="G102" s="50">
+      <c r="G102" s="47">
         <v>0.308</v>
       </c>
-      <c r="H102" s="66">
+      <c r="H102" s="63">
         <v>2.2000000000000002</v>
       </c>
-      <c r="I102" s="51">
+      <c r="I102" s="48">
         <v>4.4000000000000004</v>
       </c>
-      <c r="J102" s="66">
+      <c r="J102" s="63">
         <v>2.4</v>
       </c>
-      <c r="K102" s="51">
+      <c r="K102" s="48">
         <v>12.4</v>
       </c>
     </row>
-    <row r="103" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A103" s="5" t="s">
         <v>127</v>
       </c>
       <c r="B103" s="2">
         <v>6425</v>
       </c>
       <c r="C103" s="2">
         <v>7709</v>
       </c>
       <c r="D103" s="2">
         <v>8381</v>
       </c>
       <c r="E103" s="2">
         <v>8973</v>
       </c>
       <c r="F103" s="20">
         <v>0.378</v>
       </c>
       <c r="G103" s="20">
         <v>0.31900000000000001</v>
       </c>
       <c r="H103" s="14">
         <v>4.0999999999999996</v>
       </c>
       <c r="I103" s="14">
         <v>3.5</v>
       </c>
       <c r="J103" s="14">
         <v>5.8</v>
       </c>
       <c r="K103" s="14">
         <v>6.7</v>
       </c>
     </row>
-    <row r="104" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A104" s="63" t="s">
+    <row r="104" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A104" s="60" t="s">
         <v>128</v>
       </c>
-      <c r="B104" s="64">
+      <c r="B104" s="61">
         <v>5872</v>
       </c>
-      <c r="C104" s="49">
+      <c r="C104" s="46">
         <v>6615</v>
       </c>
-      <c r="D104" s="64">
+      <c r="D104" s="61">
         <v>7109</v>
       </c>
-      <c r="E104" s="49">
+      <c r="E104" s="46">
         <v>7279</v>
       </c>
-      <c r="F104" s="65">
+      <c r="F104" s="62">
         <v>0.3</v>
       </c>
-      <c r="G104" s="50">
+      <c r="G104" s="47">
         <v>0.26700000000000002</v>
       </c>
-      <c r="H104" s="66">
+      <c r="H104" s="63">
         <v>5.9</v>
       </c>
-      <c r="I104" s="51">
+      <c r="I104" s="48">
         <v>4.2</v>
       </c>
-      <c r="J104" s="66">
+      <c r="J104" s="63">
         <v>5</v>
       </c>
-      <c r="K104" s="51">
+      <c r="K104" s="48">
         <v>9.4</v>
       </c>
     </row>
-    <row r="105" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A105" s="10" t="s">
         <v>129</v>
       </c>
       <c r="B105" s="11">
         <v>5291</v>
       </c>
       <c r="C105" s="12">
         <v>6246</v>
       </c>
       <c r="D105" s="11">
         <v>6357</v>
       </c>
       <c r="E105" s="12">
         <v>6807</v>
       </c>
       <c r="F105" s="23">
         <v>0.32500000000000001</v>
       </c>
       <c r="G105" s="24">
         <v>0.28100000000000003</v>
       </c>
       <c r="H105" s="17">
         <v>9</v>
       </c>
       <c r="I105" s="18">
         <v>7.3</v>
       </c>
       <c r="J105" s="17">
         <v>11.8</v>
       </c>
-      <c r="K105" s="83">
+      <c r="K105" s="14">
         <v>13.9</v>
       </c>
     </row>
-    <row r="106" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A106" s="78" t="s">
+    <row r="106" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A106" s="71" t="s">
         <v>130</v>
       </c>
-      <c r="B106" s="64">
+      <c r="B106" s="61">
         <v>5090</v>
       </c>
-      <c r="C106" s="49">
+      <c r="C106" s="46">
         <v>6134</v>
       </c>
-      <c r="D106" s="64">
+      <c r="D106" s="61">
         <v>5821</v>
       </c>
-      <c r="E106" s="49">
+      <c r="E106" s="46">
         <v>6360</v>
       </c>
-      <c r="F106" s="65">
+      <c r="F106" s="62">
         <v>0.29299999999999998</v>
       </c>
-      <c r="G106" s="50">
+      <c r="G106" s="47">
         <v>0.255</v>
       </c>
-      <c r="H106" s="66">
+      <c r="H106" s="63">
         <v>10.8</v>
       </c>
-      <c r="I106" s="51">
+      <c r="I106" s="48">
         <v>6.6</v>
       </c>
-      <c r="J106" s="66">
+      <c r="J106" s="63">
         <v>16.2</v>
       </c>
-      <c r="K106" s="51">
+      <c r="K106" s="48">
         <v>14.8</v>
       </c>
     </row>
-    <row r="107" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A107" s="1" t="s">
         <v>131</v>
       </c>
       <c r="B107" s="2">
         <v>5211</v>
       </c>
       <c r="C107" s="2">
         <v>6125</v>
       </c>
       <c r="D107" s="2">
         <v>6030</v>
       </c>
       <c r="E107" s="2">
         <v>6359</v>
       </c>
       <c r="F107" s="20">
         <v>0.27500000000000002</v>
       </c>
       <c r="G107" s="20">
         <v>0.214</v>
       </c>
       <c r="H107" s="14">
         <v>7.5</v>
       </c>
       <c r="I107" s="14">
         <v>4.7</v>
       </c>
       <c r="J107" s="14">
         <v>6</v>
       </c>
       <c r="K107" s="14">
         <v>7.7</v>
       </c>
     </row>
-    <row r="108" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A108" s="56" t="s">
+    <row r="108" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A108" s="53" t="s">
         <v>132</v>
       </c>
-      <c r="B108" s="57">
+      <c r="B108" s="54">
         <v>6800</v>
       </c>
-      <c r="C108" s="58">
+      <c r="C108" s="55">
         <v>7304</v>
       </c>
-      <c r="D108" s="57">
+      <c r="D108" s="54">
         <v>7983</v>
       </c>
-      <c r="E108" s="58">
+      <c r="E108" s="55">
         <v>8385</v>
       </c>
-      <c r="F108" s="59">
+      <c r="F108" s="56">
         <v>0.27300000000000002</v>
       </c>
-      <c r="G108" s="60">
+      <c r="G108" s="57">
         <v>0.28199999999999997</v>
       </c>
-      <c r="H108" s="61">
+      <c r="H108" s="58">
         <v>1.9</v>
       </c>
-      <c r="I108" s="62">
+      <c r="I108" s="59">
         <v>1.6</v>
       </c>
-      <c r="J108" s="61">
+      <c r="J108" s="58">
         <v>3.5</v>
       </c>
-      <c r="K108" s="62">
+      <c r="K108" s="59">
         <v>2.4</v>
       </c>
     </row>
-    <row r="109" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A109" s="3" t="s">
         <v>24</v>
       </c>
       <c r="B109" s="4">
         <v>4577</v>
       </c>
       <c r="C109" s="4">
         <v>4890</v>
       </c>
       <c r="D109" s="4">
         <v>6171</v>
       </c>
       <c r="E109" s="4">
         <v>6498</v>
       </c>
       <c r="F109" s="19">
         <v>0.39500000000000002</v>
       </c>
       <c r="G109" s="19">
         <v>0.40500000000000003</v>
       </c>
       <c r="H109" s="13">
         <v>19.7</v>
       </c>
       <c r="I109" s="13">
         <v>17.7</v>
       </c>
       <c r="J109" s="13">
         <v>14.5</v>
       </c>
       <c r="K109" s="13">
         <v>14.2</v>
       </c>
     </row>
-    <row r="110" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A110" s="63" t="s">
+    <row r="110" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A110" s="60" t="s">
         <v>133</v>
       </c>
-      <c r="B110" s="64">
+      <c r="B110" s="61">
         <v>4783</v>
       </c>
-      <c r="C110" s="49">
+      <c r="C110" s="46">
         <v>4852</v>
       </c>
-      <c r="D110" s="64">
+      <c r="D110" s="61">
         <v>6315</v>
       </c>
-      <c r="E110" s="49">
+      <c r="E110" s="46">
         <v>6751</v>
       </c>
-      <c r="F110" s="65">
+      <c r="F110" s="62">
         <v>0.38800000000000001</v>
       </c>
-      <c r="G110" s="50">
+      <c r="G110" s="47">
         <v>0.38900000000000001</v>
       </c>
-      <c r="H110" s="66">
+      <c r="H110" s="63">
         <v>14.4</v>
       </c>
-      <c r="I110" s="51">
+      <c r="I110" s="48">
         <v>13.2</v>
       </c>
-      <c r="J110" s="66">
+      <c r="J110" s="63">
         <v>12.5</v>
       </c>
-      <c r="K110" s="51">
+      <c r="K110" s="48">
         <v>13</v>
       </c>
     </row>
-    <row r="111" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A111" s="5" t="s">
         <v>134</v>
       </c>
       <c r="B111" s="2">
         <v>4457</v>
       </c>
       <c r="C111" s="2">
         <v>5526</v>
       </c>
       <c r="D111" s="2">
         <v>5995</v>
       </c>
       <c r="E111" s="2">
         <v>6557</v>
       </c>
       <c r="F111" s="20">
         <v>0.38800000000000001</v>
       </c>
       <c r="G111" s="20">
         <v>0.28599999999999998</v>
       </c>
       <c r="H111" s="14">
         <v>23.5</v>
       </c>
       <c r="I111" s="14">
         <v>13.6</v>
       </c>
       <c r="J111" s="14">
         <v>14.6</v>
       </c>
       <c r="K111" s="14">
         <v>3.4</v>
       </c>
     </row>
-    <row r="112" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A112" s="63" t="s">
+    <row r="112" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A112" s="60" t="s">
         <v>135</v>
       </c>
-      <c r="B112" s="64">
+      <c r="B112" s="61">
         <v>4093</v>
       </c>
-      <c r="C112" s="49">
+      <c r="C112" s="46">
         <v>4059</v>
       </c>
-      <c r="D112" s="64">
+      <c r="D112" s="61">
         <v>5098</v>
       </c>
-      <c r="E112" s="49">
+      <c r="E112" s="46">
         <v>5604</v>
       </c>
-      <c r="F112" s="65">
+      <c r="F112" s="62">
         <v>0.34100000000000003</v>
       </c>
-      <c r="G112" s="50">
+      <c r="G112" s="47">
         <v>0.41099999999999998</v>
       </c>
-      <c r="H112" s="66">
+      <c r="H112" s="63">
         <v>28</v>
       </c>
-      <c r="I112" s="51">
+      <c r="I112" s="48">
         <v>30.4</v>
       </c>
-      <c r="J112" s="66">
+      <c r="J112" s="63">
         <v>16.899999999999999</v>
       </c>
-      <c r="K112" s="51">
+      <c r="K112" s="48">
         <v>24</v>
       </c>
     </row>
-    <row r="113" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A113" s="5" t="s">
         <v>136</v>
       </c>
       <c r="B113" s="2">
         <v>4828</v>
       </c>
       <c r="C113" s="2">
         <v>5314</v>
       </c>
       <c r="D113" s="2">
         <v>6030</v>
       </c>
       <c r="E113" s="2">
         <v>6648</v>
       </c>
       <c r="F113" s="20">
         <v>0.34699999999999998</v>
       </c>
       <c r="G113" s="20">
         <v>0.35499999999999998</v>
       </c>
       <c r="H113" s="14">
         <v>17.7</v>
       </c>
       <c r="I113" s="14">
         <v>15.2</v>
       </c>
       <c r="J113" s="14">
         <v>10</v>
       </c>
       <c r="K113" s="14">
         <v>12</v>
       </c>
     </row>
-    <row r="114" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A114" s="63" t="s">
+    <row r="114" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A114" s="60" t="s">
         <v>137</v>
       </c>
-      <c r="B114" s="64">
+      <c r="B114" s="61">
         <v>4162</v>
       </c>
-      <c r="C114" s="49">
+      <c r="C114" s="46">
         <v>4897</v>
       </c>
-      <c r="D114" s="64">
+      <c r="D114" s="61">
         <v>5543</v>
       </c>
-      <c r="E114" s="49">
+      <c r="E114" s="46">
         <v>5632</v>
       </c>
-      <c r="F114" s="65">
+      <c r="F114" s="62">
         <v>0.39200000000000002</v>
       </c>
-      <c r="G114" s="50">
+      <c r="G114" s="47">
         <v>0.308</v>
       </c>
-      <c r="H114" s="66">
+      <c r="H114" s="63">
         <v>28.9</v>
       </c>
-      <c r="I114" s="51">
+      <c r="I114" s="48">
         <v>26.7</v>
       </c>
-      <c r="J114" s="66">
+      <c r="J114" s="63">
         <v>18.2</v>
       </c>
-      <c r="K114" s="51">
+      <c r="K114" s="48">
         <v>10.4</v>
       </c>
     </row>
-    <row r="115" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A115" s="5" t="s">
         <v>138</v>
       </c>
       <c r="B115" s="2">
         <v>3131</v>
       </c>
       <c r="C115" s="2">
         <v>4436</v>
       </c>
       <c r="D115" s="2">
         <v>4501</v>
       </c>
       <c r="E115" s="2">
         <v>4993</v>
       </c>
       <c r="F115" s="20">
         <v>0.39900000000000002</v>
       </c>
       <c r="G115" s="20">
         <v>0.314</v>
       </c>
       <c r="H115" s="14">
         <v>37.700000000000003</v>
       </c>
       <c r="I115" s="14">
         <v>33</v>
       </c>
       <c r="J115" s="14">
         <v>29.1</v>
       </c>
       <c r="K115" s="14">
         <v>17</v>
       </c>
     </row>
-    <row r="116" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A116" s="63" t="s">
+    <row r="116" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A116" s="60" t="s">
         <v>139</v>
       </c>
-      <c r="B116" s="64">
+      <c r="B116" s="61">
         <v>5957</v>
       </c>
-      <c r="C116" s="49">
+      <c r="C116" s="46">
         <v>5896</v>
       </c>
-      <c r="D116" s="64">
+      <c r="D116" s="61">
         <v>8388</v>
       </c>
-      <c r="E116" s="49">
+      <c r="E116" s="46">
         <v>8715</v>
       </c>
-      <c r="F116" s="65">
+      <c r="F116" s="62">
         <v>0.43099999999999999</v>
       </c>
-      <c r="G116" s="50">
+      <c r="G116" s="47">
         <v>0.42599999999999999</v>
       </c>
-      <c r="H116" s="66">
+      <c r="H116" s="63">
         <v>10.3</v>
       </c>
-      <c r="I116" s="51">
+      <c r="I116" s="48">
         <v>12</v>
       </c>
-      <c r="J116" s="66">
+      <c r="J116" s="63">
         <v>8</v>
       </c>
-      <c r="K116" s="51">
+      <c r="K116" s="48">
         <v>7.7</v>
       </c>
     </row>
-    <row r="117" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A117" s="5" t="s">
         <v>140</v>
       </c>
       <c r="B117" s="2">
         <v>4058</v>
       </c>
       <c r="C117" s="2">
         <v>3470</v>
       </c>
       <c r="D117" s="2">
         <v>5270</v>
       </c>
       <c r="E117" s="2">
         <v>5330</v>
       </c>
       <c r="F117" s="20">
         <v>0.375</v>
       </c>
       <c r="G117" s="20">
         <v>0.441</v>
       </c>
       <c r="H117" s="14">
         <v>25.4</v>
       </c>
       <c r="I117" s="14">
         <v>23.5</v>
       </c>
       <c r="J117" s="14">
         <v>21.1</v>
       </c>
       <c r="K117" s="14">
         <v>27.9</v>
       </c>
     </row>
-    <row r="118" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A118" s="63" t="s">
+    <row r="118" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A118" s="60" t="s">
         <v>141</v>
       </c>
-      <c r="B118" s="64">
+      <c r="B118" s="61">
         <v>3429</v>
       </c>
-      <c r="C118" s="49">
+      <c r="C118" s="46">
         <v>3512</v>
       </c>
-      <c r="D118" s="64">
+      <c r="D118" s="61">
         <v>4949</v>
       </c>
-      <c r="E118" s="49">
+      <c r="E118" s="46">
         <v>5007</v>
       </c>
-      <c r="F118" s="65">
+      <c r="F118" s="62">
         <v>0.42499999999999999</v>
       </c>
-      <c r="G118" s="50">
+      <c r="G118" s="47">
         <v>0.36099999999999999</v>
       </c>
-      <c r="H118" s="66">
+      <c r="H118" s="63">
         <v>27.8</v>
       </c>
-      <c r="I118" s="51">
+      <c r="I118" s="48">
         <v>26.1</v>
       </c>
-      <c r="J118" s="66">
+      <c r="J118" s="63">
         <v>29.8</v>
       </c>
-      <c r="K118" s="51">
+      <c r="K118" s="48">
         <v>17</v>
       </c>
     </row>
-    <row r="119" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A119" s="5" t="s">
         <v>142</v>
       </c>
       <c r="B119" s="2">
         <v>3921</v>
       </c>
       <c r="C119" s="2">
         <v>4277</v>
       </c>
       <c r="D119" s="2">
         <v>5166</v>
       </c>
       <c r="E119" s="2">
         <v>5388</v>
       </c>
       <c r="F119" s="20">
         <v>0.36599999999999999</v>
       </c>
       <c r="G119" s="20">
         <v>0.34200000000000003</v>
       </c>
       <c r="H119" s="14">
         <v>25.8</v>
       </c>
       <c r="I119" s="14">
         <v>23.7</v>
       </c>
       <c r="J119" s="14">
         <v>19.2</v>
       </c>
       <c r="K119" s="14">
         <v>13.9</v>
       </c>
     </row>
-    <row r="120" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A120" s="63" t="s">
+    <row r="120" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A120" s="60" t="s">
         <v>143</v>
       </c>
-      <c r="B120" s="64">
+      <c r="B120" s="61">
         <v>6265</v>
       </c>
-      <c r="C120" s="49">
+      <c r="C120" s="46">
         <v>6090</v>
       </c>
-      <c r="D120" s="64">
+      <c r="D120" s="61">
         <v>7491</v>
       </c>
-      <c r="E120" s="49">
+      <c r="E120" s="46">
         <v>7550</v>
       </c>
-      <c r="F120" s="65">
+      <c r="F120" s="62">
         <v>0.33</v>
       </c>
-      <c r="G120" s="50">
+      <c r="G120" s="47">
         <v>0.34799999999999998</v>
       </c>
-      <c r="H120" s="66">
+      <c r="H120" s="63">
         <v>6.7</v>
       </c>
-      <c r="I120" s="51">
+      <c r="I120" s="48">
         <v>5.7</v>
       </c>
-      <c r="J120" s="66">
+      <c r="J120" s="63">
         <v>5.6</v>
       </c>
-      <c r="K120" s="51">
+      <c r="K120" s="48">
         <v>5.9</v>
       </c>
     </row>
-    <row r="121" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A121" s="5" t="s">
         <v>144</v>
       </c>
       <c r="B121" s="2">
         <v>4871</v>
       </c>
       <c r="C121" s="2">
         <v>5177</v>
       </c>
       <c r="D121" s="2">
         <v>5980</v>
       </c>
       <c r="E121" s="2">
         <v>6038</v>
       </c>
       <c r="F121" s="20">
         <v>0.34100000000000003</v>
       </c>
       <c r="G121" s="20">
         <v>0.313</v>
       </c>
       <c r="H121" s="14">
         <v>16.2</v>
       </c>
       <c r="I121" s="14">
         <v>12</v>
       </c>
       <c r="J121" s="14">
         <v>10.5</v>
       </c>
       <c r="K121" s="14">
         <v>9</v>
       </c>
     </row>
-    <row r="122" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A122" s="63" t="s">
+    <row r="122" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A122" s="60" t="s">
         <v>145</v>
       </c>
-      <c r="B122" s="64">
+      <c r="B122" s="61">
         <v>2994</v>
       </c>
-      <c r="C122" s="49">
+      <c r="C122" s="46">
         <v>3249</v>
       </c>
-      <c r="D122" s="64">
+      <c r="D122" s="61">
         <v>4049</v>
       </c>
-      <c r="E122" s="49">
+      <c r="E122" s="46">
         <v>4571</v>
       </c>
-      <c r="F122" s="65">
+      <c r="F122" s="62">
         <v>0.36899999999999999</v>
       </c>
-      <c r="G122" s="50">
+      <c r="G122" s="47">
         <v>0.38500000000000001</v>
       </c>
-      <c r="H122" s="66">
+      <c r="H122" s="63">
         <v>34.700000000000003</v>
       </c>
-      <c r="I122" s="51">
+      <c r="I122" s="48">
         <v>35.299999999999997</v>
       </c>
-      <c r="J122" s="66">
+      <c r="J122" s="63">
         <v>32.5</v>
       </c>
-      <c r="K122" s="51">
+      <c r="K122" s="48">
         <v>32.299999999999997</v>
       </c>
     </row>
-    <row r="123" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A123" s="5" t="s">
         <v>146</v>
       </c>
       <c r="B123" s="2">
         <v>2677</v>
       </c>
       <c r="C123" s="2">
         <v>2877</v>
       </c>
       <c r="D123" s="2">
         <v>4031</v>
       </c>
       <c r="E123" s="2">
         <v>4685</v>
       </c>
       <c r="F123" s="20">
         <v>0.41899999999999998</v>
       </c>
       <c r="G123" s="20">
         <v>0.42099999999999999</v>
       </c>
       <c r="H123" s="14">
         <v>49.9</v>
       </c>
       <c r="I123" s="14">
         <v>40</v>
       </c>
       <c r="J123" s="14">
         <v>38.4</v>
       </c>
       <c r="K123" s="14">
         <v>38.799999999999997</v>
       </c>
     </row>
-    <row r="124" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A124" s="63" t="s">
+    <row r="124" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A124" s="60" t="s">
         <v>147</v>
       </c>
-      <c r="B124" s="64">
+      <c r="B124" s="61">
         <v>2329</v>
       </c>
-      <c r="C124" s="49">
+      <c r="C124" s="46">
         <v>2785</v>
       </c>
-      <c r="D124" s="64">
+      <c r="D124" s="61">
         <v>3406</v>
       </c>
-      <c r="E124" s="49">
+      <c r="E124" s="46">
         <v>4121</v>
       </c>
-      <c r="F124" s="65">
+      <c r="F124" s="62">
         <v>0.38600000000000001</v>
       </c>
-      <c r="G124" s="50">
+      <c r="G124" s="47">
         <v>0.41099999999999998</v>
       </c>
-      <c r="H124" s="66">
+      <c r="H124" s="63">
         <v>52.7</v>
       </c>
-      <c r="I124" s="51">
+      <c r="I124" s="48">
         <v>50</v>
       </c>
-      <c r="J124" s="66">
+      <c r="J124" s="63">
         <v>45.7</v>
       </c>
-      <c r="K124" s="51">
+      <c r="K124" s="48">
         <v>44.6</v>
       </c>
     </row>
-    <row r="125" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A125" s="5" t="s">
         <v>148</v>
       </c>
       <c r="B125" s="2">
         <v>4018</v>
       </c>
       <c r="C125" s="2">
         <v>4070</v>
       </c>
       <c r="D125" s="2">
         <v>4902</v>
       </c>
       <c r="E125" s="2">
         <v>5048</v>
       </c>
       <c r="F125" s="20">
         <v>0.33800000000000002</v>
       </c>
       <c r="G125" s="20">
         <v>0.373</v>
       </c>
       <c r="H125" s="14">
         <v>19.8</v>
       </c>
       <c r="I125" s="14">
         <v>20.399999999999999</v>
       </c>
       <c r="J125" s="14">
         <v>13.8</v>
       </c>
       <c r="K125" s="14">
         <v>25.3</v>
       </c>
     </row>
-    <row r="126" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A126" s="63" t="s">
+    <row r="126" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A126" s="60" t="s">
         <v>149</v>
       </c>
-      <c r="B126" s="64">
+      <c r="B126" s="61">
         <v>3487</v>
       </c>
-      <c r="C126" s="49">
+      <c r="C126" s="46">
         <v>3733</v>
       </c>
-      <c r="D126" s="64">
+      <c r="D126" s="61">
         <v>4311</v>
       </c>
-      <c r="E126" s="49">
+      <c r="E126" s="46">
         <v>4750</v>
       </c>
-      <c r="F126" s="65">
+      <c r="F126" s="62">
         <v>0.32400000000000001</v>
       </c>
-      <c r="G126" s="50">
+      <c r="G126" s="47">
         <v>0.375</v>
       </c>
-      <c r="H126" s="66">
+      <c r="H126" s="63">
         <v>17.600000000000001</v>
       </c>
-      <c r="I126" s="51">
+      <c r="I126" s="48">
         <v>14.3</v>
       </c>
-      <c r="J126" s="66">
+      <c r="J126" s="63">
         <v>20.6</v>
       </c>
-      <c r="K126" s="51">
+      <c r="K126" s="48">
         <v>30.4</v>
       </c>
     </row>
-    <row r="127" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A127" s="5" t="s">
         <v>150</v>
       </c>
       <c r="B127" s="2">
         <v>4182</v>
       </c>
       <c r="C127" s="2">
         <v>4606</v>
       </c>
       <c r="D127" s="2">
         <v>5479</v>
       </c>
       <c r="E127" s="2">
         <v>5548</v>
       </c>
       <c r="F127" s="20">
         <v>0.36</v>
       </c>
       <c r="G127" s="20">
         <v>0.30599999999999999</v>
       </c>
       <c r="H127" s="14">
         <v>22.1</v>
       </c>
       <c r="I127" s="14">
         <v>15.3</v>
       </c>
       <c r="J127" s="14">
         <v>15.1</v>
       </c>
       <c r="K127" s="14">
         <v>9</v>
       </c>
     </row>
-    <row r="128" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A128" s="63" t="s">
+    <row r="128" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A128" s="60" t="s">
         <v>151</v>
       </c>
-      <c r="B128" s="64">
+      <c r="B128" s="61">
         <v>4045</v>
       </c>
-      <c r="C128" s="49">
+      <c r="C128" s="46">
         <v>4161</v>
       </c>
-      <c r="D128" s="64">
+      <c r="D128" s="61">
         <v>5217</v>
       </c>
-      <c r="E128" s="49">
+      <c r="E128" s="46">
         <v>5410</v>
       </c>
-      <c r="F128" s="65">
+      <c r="F128" s="62">
         <v>0.33600000000000002</v>
       </c>
-      <c r="G128" s="50">
+      <c r="G128" s="47">
         <v>0.33600000000000002</v>
       </c>
-      <c r="H128" s="66">
+      <c r="H128" s="63">
         <v>15.8</v>
       </c>
-      <c r="I128" s="51">
+      <c r="I128" s="48">
         <v>12.1</v>
       </c>
-      <c r="J128" s="66">
+      <c r="J128" s="63">
         <v>12.4</v>
       </c>
-      <c r="K128" s="51">
+      <c r="K128" s="48">
         <v>17.7</v>
       </c>
     </row>
-    <row r="129" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A129" s="5" t="s">
         <v>152</v>
       </c>
       <c r="B129" s="2">
         <v>4110</v>
       </c>
       <c r="C129" s="2">
         <v>4361</v>
       </c>
       <c r="D129" s="2">
         <v>5016</v>
       </c>
       <c r="E129" s="2">
         <v>5146</v>
       </c>
       <c r="F129" s="20">
         <v>0.311</v>
       </c>
       <c r="G129" s="20">
         <v>0.314</v>
       </c>
       <c r="H129" s="14">
         <v>27.1</v>
       </c>
       <c r="I129" s="14">
         <v>25.4</v>
       </c>
       <c r="J129" s="14">
         <v>10.4</v>
       </c>
       <c r="K129" s="14">
         <v>15.9</v>
       </c>
     </row>
-    <row r="130" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A130" s="63" t="s">
+    <row r="130" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A130" s="60" t="s">
         <v>153</v>
       </c>
-      <c r="B130" s="64">
+      <c r="B130" s="61">
         <v>4502</v>
       </c>
-      <c r="C130" s="49">
+      <c r="C130" s="46">
         <v>4801</v>
       </c>
-      <c r="D130" s="64">
+      <c r="D130" s="61">
         <v>5979</v>
       </c>
-      <c r="E130" s="49">
+      <c r="E130" s="46">
         <v>6033</v>
       </c>
-      <c r="F130" s="65">
+      <c r="F130" s="62">
         <v>0.36</v>
       </c>
-      <c r="G130" s="50">
+      <c r="G130" s="47">
         <v>0.32200000000000001</v>
       </c>
-      <c r="H130" s="66">
+      <c r="H130" s="63">
         <v>18.8</v>
       </c>
-      <c r="I130" s="51">
+      <c r="I130" s="48">
         <v>12.8</v>
       </c>
-      <c r="J130" s="66">
+      <c r="J130" s="63">
         <v>10.3</v>
       </c>
-      <c r="K130" s="51">
+      <c r="K130" s="48">
         <v>11.5</v>
       </c>
     </row>
-    <row r="131" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A131" s="5" t="s">
         <v>154</v>
       </c>
       <c r="B131" s="2">
         <v>4055</v>
       </c>
       <c r="C131" s="2">
         <v>4854</v>
       </c>
       <c r="D131" s="2">
         <v>5113</v>
       </c>
       <c r="E131" s="2">
         <v>5361</v>
       </c>
       <c r="F131" s="20">
         <v>0.33700000000000002</v>
       </c>
       <c r="G131" s="20">
         <v>0.3</v>
       </c>
       <c r="H131" s="14">
         <v>9</v>
       </c>
       <c r="I131" s="14">
         <v>8.3000000000000007</v>
       </c>
       <c r="J131" s="14">
         <v>13.5</v>
       </c>
       <c r="K131" s="14">
         <v>13.9</v>
       </c>
     </row>
-    <row r="132" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A132" s="63" t="s">
+    <row r="132" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A132" s="60" t="s">
         <v>155</v>
       </c>
-      <c r="B132" s="64">
+      <c r="B132" s="61">
         <v>4480</v>
       </c>
-      <c r="C132" s="49">
+      <c r="C132" s="46">
         <v>4539</v>
       </c>
-      <c r="D132" s="64">
+      <c r="D132" s="61">
         <v>5838</v>
       </c>
-      <c r="E132" s="49">
+      <c r="E132" s="46">
         <v>6608</v>
       </c>
-      <c r="F132" s="65">
+      <c r="F132" s="62">
         <v>0.35199999999999998</v>
       </c>
-      <c r="G132" s="50">
+      <c r="G132" s="47">
         <v>0.48399999999999999</v>
       </c>
-      <c r="H132" s="66">
+      <c r="H132" s="63">
         <v>25.4</v>
       </c>
-      <c r="I132" s="51">
+      <c r="I132" s="48">
         <v>29.2</v>
       </c>
-      <c r="J132" s="66">
+      <c r="J132" s="63">
         <v>13.9</v>
       </c>
-      <c r="K132" s="51">
+      <c r="K132" s="48">
         <v>26.1</v>
       </c>
     </row>
-    <row r="133" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A133" s="5" t="s">
         <v>156</v>
       </c>
       <c r="B133" s="2">
         <v>2856</v>
       </c>
       <c r="C133" s="2">
         <v>3470</v>
       </c>
       <c r="D133" s="2">
         <v>4019</v>
       </c>
       <c r="E133" s="2">
         <v>4090</v>
       </c>
       <c r="F133" s="20">
         <v>0.34699999999999998</v>
       </c>
       <c r="G133" s="20">
         <v>0.34399999999999997</v>
       </c>
       <c r="H133" s="14">
         <v>50.8</v>
       </c>
       <c r="I133" s="14">
         <v>41.5</v>
       </c>
       <c r="J133" s="14">
         <v>23.7</v>
       </c>
       <c r="K133" s="14">
         <v>28</v>
       </c>
     </row>
-    <row r="134" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A134" s="63" t="s">
+    <row r="134" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A134" s="60" t="s">
         <v>157</v>
       </c>
-      <c r="B134" s="64">
+      <c r="B134" s="61">
         <v>5699</v>
       </c>
-      <c r="C134" s="49">
+      <c r="C134" s="46">
         <v>6563</v>
       </c>
-      <c r="D134" s="64">
+      <c r="D134" s="61">
         <v>7110</v>
       </c>
-      <c r="E134" s="49">
+      <c r="E134" s="46">
         <v>7377</v>
       </c>
-      <c r="F134" s="65">
+      <c r="F134" s="62">
         <v>0.35099999999999998</v>
       </c>
-      <c r="G134" s="50">
+      <c r="G134" s="47">
         <v>0.28899999999999998</v>
       </c>
-      <c r="H134" s="66">
+      <c r="H134" s="63">
         <v>12.9</v>
       </c>
-      <c r="I134" s="51">
+      <c r="I134" s="48">
         <v>6.9</v>
       </c>
-      <c r="J134" s="66">
+      <c r="J134" s="63">
         <v>7.9</v>
       </c>
-      <c r="K134" s="51">
+      <c r="K134" s="48">
         <v>3.4</v>
       </c>
     </row>
-    <row r="135" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A135" s="5" t="s">
         <v>158</v>
       </c>
       <c r="B135" s="2">
         <v>3953</v>
       </c>
       <c r="C135" s="2">
         <v>4489</v>
       </c>
       <c r="D135" s="2">
         <v>4819</v>
       </c>
       <c r="E135" s="2">
         <v>4877</v>
       </c>
       <c r="F135" s="20">
         <v>0.32100000000000001</v>
       </c>
       <c r="G135" s="20">
         <v>0.26700000000000002</v>
       </c>
       <c r="H135" s="14">
         <v>20.8</v>
       </c>
       <c r="I135" s="14">
         <v>22</v>
       </c>
       <c r="J135" s="14">
         <v>16.7</v>
       </c>
       <c r="K135" s="14">
         <v>12.2</v>
       </c>
     </row>
-    <row r="136" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A136" s="48" t="s">
+    <row r="136" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A136" s="45" t="s">
         <v>159</v>
       </c>
-      <c r="B136" s="49">
+      <c r="B136" s="46">
         <v>3931</v>
       </c>
-      <c r="C136" s="49">
+      <c r="C136" s="46">
         <v>4037</v>
       </c>
-      <c r="D136" s="49">
+      <c r="D136" s="46">
         <v>4938</v>
       </c>
-      <c r="E136" s="49">
+      <c r="E136" s="46">
         <v>4997</v>
       </c>
-      <c r="F136" s="50">
+      <c r="F136" s="47">
         <v>0.36799999999999999</v>
       </c>
-      <c r="G136" s="50">
+      <c r="G136" s="47">
         <v>0.35699999999999998</v>
       </c>
-      <c r="H136" s="51">
+      <c r="H136" s="48">
         <v>33.299999999999997</v>
       </c>
-      <c r="I136" s="51">
+      <c r="I136" s="48">
         <v>27.4</v>
       </c>
-      <c r="J136" s="51">
+      <c r="J136" s="48">
         <v>21.8</v>
       </c>
-      <c r="K136" s="51">
+      <c r="K136" s="48">
         <v>21.4</v>
       </c>
     </row>
-    <row r="137" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="137" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A137" s="28" t="s">
         <v>160</v>
       </c>
       <c r="B137" s="29" t="s">
         <v>28</v>
       </c>
       <c r="C137" s="30">
         <v>3304</v>
       </c>
       <c r="D137" s="29" t="s">
         <v>28</v>
       </c>
       <c r="E137" s="30">
         <v>5174</v>
       </c>
       <c r="F137" s="31" t="s">
         <v>28</v>
       </c>
       <c r="G137" s="32">
         <v>0.44700000000000001</v>
       </c>
       <c r="H137" s="33" t="s">
         <v>28</v>
       </c>
       <c r="I137" s="34">
         <v>26.8</v>
       </c>
       <c r="J137" s="33" t="s">
         <v>28</v>
       </c>
       <c r="K137" s="34">
         <v>35.5</v>
       </c>
     </row>
-    <row r="138" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A138" s="52" t="s">
+    <row r="138" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A138" s="49" t="s">
         <v>25</v>
       </c>
-      <c r="B138" s="53">
+      <c r="B138" s="50">
         <v>4978</v>
       </c>
-      <c r="C138" s="53">
+      <c r="C138" s="50">
         <v>5504</v>
       </c>
-      <c r="D138" s="53">
+      <c r="D138" s="50">
         <v>6457</v>
       </c>
-      <c r="E138" s="53">
+      <c r="E138" s="50">
         <v>6947</v>
       </c>
-      <c r="F138" s="54">
+      <c r="F138" s="51">
         <v>0.38200000000000001</v>
       </c>
-      <c r="G138" s="54">
+      <c r="G138" s="51">
         <v>0.36099999999999999</v>
       </c>
-      <c r="H138" s="55">
+      <c r="H138" s="52">
         <v>10.8</v>
       </c>
-      <c r="I138" s="55">
+      <c r="I138" s="52">
         <v>8.4</v>
       </c>
-      <c r="J138" s="55">
+      <c r="J138" s="52">
         <v>16.2</v>
       </c>
-      <c r="K138" s="55">
+      <c r="K138" s="52">
         <v>14.6</v>
       </c>
     </row>
-    <row r="139" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A139" s="35" t="s">
         <v>161</v>
       </c>
       <c r="B139" s="36">
         <v>5968</v>
       </c>
       <c r="C139" s="25">
         <v>6741</v>
       </c>
       <c r="D139" s="36">
         <v>7588</v>
       </c>
       <c r="E139" s="25">
         <v>8237</v>
       </c>
       <c r="F139" s="37">
         <v>0.376</v>
       </c>
       <c r="G139" s="26">
         <v>0.34899999999999998</v>
       </c>
       <c r="H139" s="38">
         <v>9.1</v>
       </c>
       <c r="I139" s="27">
         <v>7.7</v>
       </c>
       <c r="J139" s="38">
         <v>10.1</v>
       </c>
       <c r="K139" s="27">
         <v>7.9</v>
       </c>
     </row>
-    <row r="140" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A140" s="48" t="s">
+    <row r="140" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A140" s="45" t="s">
         <v>162</v>
       </c>
-      <c r="B140" s="49">
+      <c r="B140" s="46">
         <v>4735</v>
       </c>
-      <c r="C140" s="49">
+      <c r="C140" s="46">
         <v>4885</v>
       </c>
-      <c r="D140" s="49">
+      <c r="D140" s="46">
         <v>5621</v>
       </c>
-      <c r="E140" s="49">
+      <c r="E140" s="46">
         <v>5843</v>
       </c>
-      <c r="F140" s="50">
+      <c r="F140" s="47">
         <v>0.36</v>
       </c>
-      <c r="G140" s="50">
+      <c r="G140" s="47">
         <v>0.32700000000000001</v>
       </c>
-      <c r="H140" s="51">
+      <c r="H140" s="48">
         <v>8.3000000000000007</v>
       </c>
-      <c r="I140" s="51">
+      <c r="I140" s="48">
         <v>6.2</v>
       </c>
-      <c r="J140" s="51">
+      <c r="J140" s="48">
         <v>18.7</v>
       </c>
-      <c r="K140" s="51">
+      <c r="K140" s="48">
         <v>17.8</v>
       </c>
     </row>
-    <row r="141" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A141" s="35" t="s">
         <v>163</v>
       </c>
       <c r="B141" s="36">
         <v>3692</v>
       </c>
       <c r="C141" s="25">
         <v>3918</v>
       </c>
       <c r="D141" s="36">
         <v>4935</v>
       </c>
       <c r="E141" s="25">
         <v>5170</v>
       </c>
       <c r="F141" s="37">
         <v>0.35199999999999998</v>
       </c>
       <c r="G141" s="26">
         <v>0.34499999999999997</v>
       </c>
       <c r="H141" s="38">
         <v>13.1</v>
       </c>
       <c r="I141" s="27">
         <v>12.9</v>
       </c>
       <c r="J141" s="38">
         <v>23.2</v>
       </c>
       <c r="K141" s="27">
         <v>26.9</v>
       </c>
     </row>
-    <row r="142" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A142" s="48" t="s">
+    <row r="142" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A142" s="45" t="s">
         <v>164</v>
       </c>
-      <c r="B142" s="49">
+      <c r="B142" s="46">
         <v>5953</v>
       </c>
-      <c r="C142" s="49">
+      <c r="C142" s="46">
         <v>6785</v>
       </c>
-      <c r="D142" s="49">
+      <c r="D142" s="46">
         <v>7123</v>
       </c>
-      <c r="E142" s="49">
+      <c r="E142" s="46">
         <v>7965</v>
       </c>
-      <c r="F142" s="50">
+      <c r="F142" s="47">
         <v>0.32400000000000001</v>
       </c>
-      <c r="G142" s="50">
+      <c r="G142" s="47">
         <v>0.32200000000000001</v>
       </c>
-      <c r="H142" s="51">
+      <c r="H142" s="48">
         <v>7.9</v>
       </c>
-      <c r="I142" s="51">
+      <c r="I142" s="48">
         <v>6.3</v>
       </c>
-      <c r="J142" s="51">
+      <c r="J142" s="48">
         <v>6.7</v>
       </c>
-      <c r="K142" s="51">
+      <c r="K142" s="48">
         <v>7.2</v>
       </c>
     </row>
-    <row r="143" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A143" s="35" t="s">
         <v>165</v>
       </c>
       <c r="B143" s="36">
         <v>4074</v>
       </c>
       <c r="C143" s="25">
         <v>4082</v>
       </c>
       <c r="D143" s="36">
         <v>4988</v>
       </c>
       <c r="E143" s="25">
         <v>5113</v>
       </c>
       <c r="F143" s="37">
         <v>0.34499999999999997</v>
       </c>
       <c r="G143" s="26">
         <v>0.32600000000000001</v>
       </c>
       <c r="H143" s="38">
         <v>14.6</v>
       </c>
       <c r="I143" s="27">
         <v>11.8</v>
       </c>
       <c r="J143" s="38">
         <v>22.7</v>
       </c>
       <c r="K143" s="27">
         <v>25.5</v>
       </c>
     </row>
-    <row r="144" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A144" s="48" t="s">
+    <row r="144" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A144" s="45" t="s">
         <v>166</v>
       </c>
-      <c r="B144" s="49">
+      <c r="B144" s="46">
         <v>3196</v>
       </c>
-      <c r="C144" s="49">
+      <c r="C144" s="46">
         <v>3365</v>
       </c>
-      <c r="D144" s="49">
+      <c r="D144" s="46">
         <v>3917</v>
       </c>
-      <c r="E144" s="49">
+      <c r="E144" s="46">
         <v>4246</v>
       </c>
-      <c r="F144" s="50">
+      <c r="F144" s="47">
         <v>0.314</v>
       </c>
-      <c r="G144" s="50">
+      <c r="G144" s="47">
         <v>0.311</v>
       </c>
-      <c r="H144" s="51">
+      <c r="H144" s="48">
         <v>14.9</v>
       </c>
-      <c r="I144" s="51">
+      <c r="I144" s="48">
         <v>14.9</v>
       </c>
-      <c r="J144" s="51">
+      <c r="J144" s="48">
         <v>33.799999999999997</v>
       </c>
-      <c r="K144" s="51">
+      <c r="K144" s="48">
         <v>35.5</v>
       </c>
     </row>
-    <row r="145" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A145" s="35" t="s">
         <v>167</v>
       </c>
       <c r="B145" s="36">
         <v>3704</v>
       </c>
       <c r="C145" s="25">
         <v>3967</v>
       </c>
       <c r="D145" s="36">
         <v>4881</v>
       </c>
       <c r="E145" s="25">
         <v>5349</v>
       </c>
       <c r="F145" s="37">
         <v>0.39500000000000002</v>
       </c>
       <c r="G145" s="26">
         <v>0.38300000000000001</v>
       </c>
       <c r="H145" s="38">
         <v>8.9</v>
       </c>
       <c r="I145" s="27">
         <v>6.2</v>
       </c>
       <c r="J145" s="38">
         <v>28.4</v>
       </c>
       <c r="K145" s="27">
         <v>25.2</v>
       </c>
     </row>
-    <row r="146" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A146" s="48" t="s">
+    <row r="146" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A146" s="45" t="s">
         <v>168</v>
       </c>
-      <c r="B146" s="49">
+      <c r="B146" s="46">
         <v>3548</v>
       </c>
-      <c r="C146" s="49">
+      <c r="C146" s="46">
         <v>4169</v>
       </c>
-      <c r="D146" s="49">
+      <c r="D146" s="46">
         <v>4129</v>
       </c>
-      <c r="E146" s="49">
+      <c r="E146" s="46">
         <v>4820</v>
       </c>
-      <c r="F146" s="50">
+      <c r="F146" s="47">
         <v>0.35199999999999998</v>
       </c>
-      <c r="G146" s="50">
+      <c r="G146" s="47">
         <v>0.311</v>
       </c>
-      <c r="H146" s="51">
+      <c r="H146" s="48">
         <v>14.8</v>
       </c>
-      <c r="I146" s="51">
+      <c r="I146" s="48">
         <v>13</v>
       </c>
-      <c r="J146" s="51">
+      <c r="J146" s="48">
         <v>32.700000000000003</v>
       </c>
-      <c r="K146" s="51">
+      <c r="K146" s="48">
         <v>23.2</v>
       </c>
     </row>
-    <row r="147" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A147" s="35" t="s">
         <v>169</v>
       </c>
       <c r="B147" s="36">
         <v>3685</v>
       </c>
       <c r="C147" s="25">
         <v>4074</v>
       </c>
       <c r="D147" s="36">
         <v>4422</v>
       </c>
       <c r="E147" s="25">
         <v>4572</v>
       </c>
       <c r="F147" s="37">
         <v>0.30499999999999999</v>
       </c>
       <c r="G147" s="26">
         <v>0.26900000000000002</v>
       </c>
       <c r="H147" s="38">
         <v>9.8000000000000007</v>
       </c>
       <c r="I147" s="27">
         <v>7.6</v>
       </c>
       <c r="J147" s="38">
         <v>21.3</v>
       </c>
       <c r="K147" s="27">
         <v>23.9</v>
       </c>
     </row>
-    <row r="148" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A148" s="48" t="s">
+    <row r="148" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A148" s="45" t="s">
         <v>170</v>
       </c>
-      <c r="B148" s="49">
+      <c r="B148" s="46">
         <v>3763</v>
       </c>
-      <c r="C148" s="49">
+      <c r="C148" s="46">
         <v>3418</v>
       </c>
-      <c r="D148" s="49">
+      <c r="D148" s="46">
         <v>4621</v>
       </c>
-      <c r="E148" s="49">
+      <c r="E148" s="46">
         <v>4796</v>
       </c>
-      <c r="F148" s="50">
+      <c r="F148" s="47">
         <v>0.28999999999999998</v>
       </c>
-      <c r="G148" s="50">
+      <c r="G148" s="47">
         <v>0.35199999999999998</v>
       </c>
-      <c r="H148" s="51">
+      <c r="H148" s="48">
         <v>7.4</v>
       </c>
-      <c r="I148" s="51">
+      <c r="I148" s="48">
         <v>5</v>
       </c>
-      <c r="J148" s="51">
+      <c r="J148" s="48">
         <v>12.6</v>
       </c>
-      <c r="K148" s="51">
+      <c r="K148" s="48">
         <v>32.9</v>
       </c>
     </row>
-    <row r="149" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A149" s="35" t="s">
         <v>171</v>
       </c>
       <c r="B149" s="36">
         <v>3528</v>
       </c>
       <c r="C149" s="25">
         <v>4675</v>
       </c>
       <c r="D149" s="36">
         <v>5440</v>
       </c>
       <c r="E149" s="25">
         <v>5792</v>
       </c>
       <c r="F149" s="37">
         <v>0.44900000000000001</v>
       </c>
       <c r="G149" s="26">
         <v>0.35499999999999998</v>
       </c>
       <c r="H149" s="38">
         <v>20.9</v>
       </c>
       <c r="I149" s="27">
         <v>17.8</v>
       </c>
       <c r="J149" s="38">
         <v>30</v>
       </c>
       <c r="K149" s="27">
         <v>20.5</v>
       </c>
     </row>
-    <row r="150" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A150" s="48" t="s">
+    <row r="150" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A150" s="45" t="s">
         <v>172</v>
       </c>
-      <c r="B150" s="49">
+      <c r="B150" s="46">
         <v>3259</v>
       </c>
-      <c r="C150" s="49">
+      <c r="C150" s="46">
         <v>3472</v>
       </c>
-      <c r="D150" s="49">
+      <c r="D150" s="46">
         <v>4117</v>
       </c>
-      <c r="E150" s="49">
+      <c r="E150" s="46">
         <v>4208</v>
       </c>
-      <c r="F150" s="50">
+      <c r="F150" s="47">
         <v>0.36199999999999999</v>
       </c>
-      <c r="G150" s="50">
+      <c r="G150" s="47">
         <v>0.30299999999999999</v>
       </c>
-      <c r="H150" s="51">
+      <c r="H150" s="48">
         <v>19.5</v>
       </c>
-      <c r="I150" s="51">
+      <c r="I150" s="48">
         <v>16.899999999999999</v>
       </c>
-      <c r="J150" s="51">
+      <c r="J150" s="48">
         <v>36.4</v>
       </c>
-      <c r="K150" s="51">
+      <c r="K150" s="48">
         <v>37.200000000000003</v>
       </c>
     </row>
-    <row r="151" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A151" s="35" t="s">
         <v>173</v>
       </c>
       <c r="B151" s="36">
         <v>3373</v>
       </c>
       <c r="C151" s="25">
         <v>3806</v>
       </c>
       <c r="D151" s="36">
         <v>4368</v>
       </c>
       <c r="E151" s="25">
         <v>4913</v>
       </c>
       <c r="F151" s="37">
         <v>0.38900000000000001</v>
       </c>
       <c r="G151" s="26">
         <v>0.32600000000000001</v>
       </c>
       <c r="H151" s="38">
         <v>32.5</v>
       </c>
       <c r="I151" s="27">
         <v>26.8</v>
       </c>
       <c r="J151" s="38">
         <v>34.5</v>
       </c>
       <c r="K151" s="27">
         <v>27.7</v>
       </c>
     </row>
-    <row r="152" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A152" s="48" t="s">
+    <row r="152" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A152" s="45" t="s">
         <v>174</v>
       </c>
-      <c r="B152" s="49">
+      <c r="B152" s="46">
         <v>2652</v>
       </c>
-      <c r="C152" s="49">
+      <c r="C152" s="46">
         <v>3264</v>
       </c>
-      <c r="D152" s="49">
+      <c r="D152" s="46">
         <v>3548</v>
       </c>
-      <c r="E152" s="49">
+      <c r="E152" s="46">
         <v>4363</v>
       </c>
-      <c r="F152" s="50">
+      <c r="F152" s="47">
         <v>0.374</v>
       </c>
-      <c r="G152" s="50">
+      <c r="G152" s="47">
         <v>0.36</v>
       </c>
-      <c r="H152" s="51">
+      <c r="H152" s="48">
         <v>31.2</v>
       </c>
-      <c r="I152" s="51">
+      <c r="I152" s="48">
         <v>26.6</v>
       </c>
-      <c r="J152" s="51">
+      <c r="J152" s="48">
         <v>46.8</v>
       </c>
-      <c r="K152" s="51">
+      <c r="K152" s="48">
         <v>38</v>
       </c>
     </row>
-    <row r="153" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A153" s="35" t="s">
         <v>175</v>
       </c>
       <c r="B153" s="36">
         <v>5248</v>
       </c>
       <c r="C153" s="25">
         <v>5737</v>
       </c>
       <c r="D153" s="36">
         <v>6645</v>
       </c>
       <c r="E153" s="25">
         <v>6842</v>
       </c>
       <c r="F153" s="37">
         <v>0.374</v>
       </c>
       <c r="G153" s="26">
         <v>0.32</v>
       </c>
       <c r="H153" s="38">
         <v>10.199999999999999</v>
       </c>
       <c r="I153" s="27">
         <v>6.3</v>
       </c>
       <c r="J153" s="38">
         <v>14.8</v>
       </c>
       <c r="K153" s="27">
         <v>10.1</v>
       </c>
     </row>
-    <row r="154" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A154" s="48" t="s">
+    <row r="154" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A154" s="45" t="s">
         <v>176</v>
       </c>
-      <c r="B154" s="49">
+      <c r="B154" s="46">
         <v>4057</v>
       </c>
-      <c r="C154" s="49">
+      <c r="C154" s="46">
         <v>4614</v>
       </c>
-      <c r="D154" s="49">
+      <c r="D154" s="46">
         <v>4841</v>
       </c>
-      <c r="E154" s="49">
+      <c r="E154" s="46">
         <v>5416</v>
       </c>
-      <c r="F154" s="50">
+      <c r="F154" s="47">
         <v>0.315</v>
       </c>
-      <c r="G154" s="50">
+      <c r="G154" s="47">
         <v>0.35499999999999998</v>
       </c>
-      <c r="H154" s="51">
+      <c r="H154" s="48">
         <v>11.1</v>
       </c>
-      <c r="I154" s="51">
+      <c r="I154" s="48">
         <v>10.1</v>
       </c>
-      <c r="J154" s="51">
+      <c r="J154" s="48">
         <v>19</v>
       </c>
-      <c r="K154" s="51">
+      <c r="K154" s="48">
         <v>31.9</v>
       </c>
     </row>
-    <row r="155" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A155" s="35" t="s">
         <v>177</v>
       </c>
       <c r="B155" s="36">
         <v>4623</v>
       </c>
       <c r="C155" s="25">
         <v>5169</v>
       </c>
       <c r="D155" s="36">
         <v>5962</v>
       </c>
       <c r="E155" s="25">
         <v>6373</v>
       </c>
       <c r="F155" s="37">
         <v>0.38600000000000001</v>
       </c>
       <c r="G155" s="26">
         <v>0.34</v>
       </c>
       <c r="H155" s="38">
         <v>14</v>
       </c>
       <c r="I155" s="27">
         <v>11.9</v>
       </c>
       <c r="J155" s="38">
         <v>21.4</v>
       </c>
       <c r="K155" s="27">
         <v>18.8</v>
       </c>
     </row>
-    <row r="156" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A156" s="48" t="s">
+    <row r="156" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A156" s="45" t="s">
         <v>178</v>
       </c>
-      <c r="B156" s="49">
+      <c r="B156" s="46">
         <v>2648</v>
       </c>
-      <c r="C156" s="49">
+      <c r="C156" s="46">
         <v>3511</v>
       </c>
-      <c r="D156" s="49">
+      <c r="D156" s="46">
         <v>3711</v>
       </c>
-      <c r="E156" s="49">
+      <c r="E156" s="46">
         <v>4549</v>
       </c>
-      <c r="F156" s="50">
+      <c r="F156" s="47">
         <v>0.38600000000000001</v>
       </c>
-      <c r="G156" s="50">
+      <c r="G156" s="47">
         <v>0.34300000000000003</v>
       </c>
-      <c r="H156" s="51">
+      <c r="H156" s="48">
         <v>24.9</v>
       </c>
-      <c r="I156" s="51">
+      <c r="I156" s="48">
         <v>21.8</v>
       </c>
-      <c r="J156" s="51">
+      <c r="J156" s="48">
         <v>45.7</v>
       </c>
-      <c r="K156" s="51">
+      <c r="K156" s="48">
         <v>33.299999999999997</v>
       </c>
     </row>
-    <row r="157" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A157" s="35" t="s">
         <v>179</v>
       </c>
       <c r="B157" s="36">
         <v>8567</v>
       </c>
       <c r="C157" s="25">
         <v>8317</v>
       </c>
       <c r="D157" s="36">
         <v>9645</v>
       </c>
       <c r="E157" s="25">
         <v>10480</v>
       </c>
       <c r="F157" s="37">
         <v>0.318</v>
       </c>
       <c r="G157" s="26">
         <v>0.36899999999999999</v>
       </c>
       <c r="H157" s="38">
         <v>3.5</v>
       </c>
       <c r="I157" s="27">
         <v>3.7</v>
       </c>
       <c r="J157" s="38">
         <v>1.9</v>
       </c>
       <c r="K157" s="27">
         <v>3.2</v>
       </c>
     </row>
-    <row r="158" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A158" s="48" t="s">
+    <row r="158" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A158" s="45" t="s">
         <v>180</v>
       </c>
-      <c r="B158" s="49">
+      <c r="B158" s="46">
         <v>4787</v>
       </c>
-      <c r="C158" s="49">
+      <c r="C158" s="46">
         <v>4409</v>
       </c>
-      <c r="D158" s="49">
+      <c r="D158" s="46">
         <v>5617</v>
       </c>
-      <c r="E158" s="49">
+      <c r="E158" s="46">
         <v>5807</v>
       </c>
-      <c r="F158" s="50">
+      <c r="F158" s="47">
         <v>0.30299999999999999</v>
       </c>
-      <c r="G158" s="50">
+      <c r="G158" s="47">
         <v>0.308</v>
       </c>
-      <c r="H158" s="51">
+      <c r="H158" s="48">
         <v>5.9</v>
       </c>
-      <c r="I158" s="51">
+      <c r="I158" s="48">
         <v>2.6</v>
       </c>
-      <c r="J158" s="51">
+      <c r="J158" s="48">
         <v>14.1</v>
       </c>
-      <c r="K158" s="51">
+      <c r="K158" s="48">
         <v>6.5</v>
       </c>
     </row>
-    <row r="159" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A159" s="35" t="s">
         <v>181</v>
       </c>
       <c r="B159" s="36">
         <v>2902</v>
       </c>
       <c r="C159" s="25">
         <v>3259</v>
       </c>
       <c r="D159" s="36">
         <v>4053</v>
       </c>
       <c r="E159" s="25">
         <v>4326</v>
       </c>
       <c r="F159" s="37">
         <v>0.36599999999999999</v>
       </c>
       <c r="G159" s="26">
         <v>0.34599999999999997</v>
       </c>
       <c r="H159" s="38">
         <v>20.6</v>
       </c>
       <c r="I159" s="27">
         <v>15.5</v>
       </c>
       <c r="J159" s="38">
         <v>37.9</v>
       </c>
       <c r="K159" s="27">
         <v>36.200000000000003</v>
       </c>
     </row>
-    <row r="160" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A160" s="48" t="s">
+    <row r="160" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A160" s="45" t="s">
         <v>182</v>
       </c>
-      <c r="B160" s="49">
+      <c r="B160" s="46">
         <v>2926</v>
       </c>
-      <c r="C160" s="49">
+      <c r="C160" s="46">
         <v>3052</v>
       </c>
-      <c r="D160" s="49">
+      <c r="D160" s="46">
         <v>3477</v>
       </c>
-      <c r="E160" s="49">
+      <c r="E160" s="46">
         <v>4077</v>
       </c>
-      <c r="F160" s="50">
+      <c r="F160" s="47">
         <v>0.32200000000000001</v>
       </c>
-      <c r="G160" s="50">
+      <c r="G160" s="47">
         <v>0.34399999999999997</v>
       </c>
-      <c r="H160" s="51">
+      <c r="H160" s="48">
         <v>15.8</v>
       </c>
-      <c r="I160" s="51">
+      <c r="I160" s="48">
         <v>11.3</v>
       </c>
-      <c r="J160" s="51">
+      <c r="J160" s="48">
         <v>41.2</v>
       </c>
-      <c r="K160" s="51">
+      <c r="K160" s="48">
         <v>40.799999999999997</v>
       </c>
     </row>
-    <row r="161" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A161" s="35" t="s">
         <v>183</v>
       </c>
       <c r="B161" s="36">
         <v>3587</v>
       </c>
       <c r="C161" s="25">
         <v>3977</v>
       </c>
       <c r="D161" s="36">
         <v>4239</v>
       </c>
       <c r="E161" s="25">
         <v>4903</v>
       </c>
       <c r="F161" s="37">
         <v>0.33</v>
       </c>
       <c r="G161" s="26">
         <v>0.313</v>
       </c>
       <c r="H161" s="38">
         <v>19.5</v>
       </c>
       <c r="I161" s="27">
         <v>13.6</v>
       </c>
       <c r="J161" s="38">
         <v>28.1</v>
       </c>
       <c r="K161" s="27">
         <v>27.3</v>
       </c>
     </row>
-    <row r="162" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A162" s="48" t="s">
+    <row r="162" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A162" s="45" t="s">
         <v>184</v>
       </c>
-      <c r="B162" s="49">
+      <c r="B162" s="46">
         <v>6449</v>
       </c>
-      <c r="C162" s="49">
+      <c r="C162" s="46">
         <v>6600</v>
       </c>
-      <c r="D162" s="49">
+      <c r="D162" s="46">
         <v>7932</v>
       </c>
-      <c r="E162" s="49">
+      <c r="E162" s="46">
         <v>8166</v>
       </c>
-      <c r="F162" s="50">
+      <c r="F162" s="47">
         <v>0.34200000000000003</v>
       </c>
-      <c r="G162" s="50">
+      <c r="G162" s="47">
         <v>0.307</v>
       </c>
-      <c r="H162" s="51">
+      <c r="H162" s="48">
         <v>6.3</v>
       </c>
-      <c r="I162" s="51">
+      <c r="I162" s="48">
         <v>3.8</v>
       </c>
-      <c r="J162" s="51">
+      <c r="J162" s="48">
         <v>6</v>
       </c>
-      <c r="K162" s="51">
+      <c r="K162" s="48">
         <v>3.5</v>
       </c>
     </row>
-    <row r="163" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A163" s="35" t="s">
         <v>185</v>
       </c>
       <c r="B163" s="36">
         <v>4234</v>
       </c>
       <c r="C163" s="25">
         <v>4519</v>
       </c>
       <c r="D163" s="36">
         <v>5373</v>
       </c>
       <c r="E163" s="25">
         <v>5430</v>
       </c>
       <c r="F163" s="37">
         <v>0.36099999999999999</v>
       </c>
       <c r="G163" s="26">
         <v>0.309</v>
       </c>
       <c r="H163" s="38">
         <v>12.9</v>
       </c>
       <c r="I163" s="27">
         <v>4.4000000000000004</v>
       </c>
       <c r="J163" s="38">
         <v>20.6</v>
       </c>
       <c r="K163" s="27">
         <v>17.7</v>
       </c>
     </row>
-    <row r="164" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A164" s="48" t="s">
+    <row r="164" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A164" s="45" t="s">
         <v>186</v>
       </c>
-      <c r="B164" s="49">
+      <c r="B164" s="46">
         <v>4023</v>
       </c>
-      <c r="C164" s="49">
+      <c r="C164" s="46">
         <v>4060</v>
       </c>
-      <c r="D164" s="49">
+      <c r="D164" s="46">
         <v>5148</v>
       </c>
-      <c r="E164" s="49">
+      <c r="E164" s="46">
         <v>5202</v>
       </c>
-      <c r="F164" s="50">
+      <c r="F164" s="47">
         <v>0.35099999999999998</v>
       </c>
-      <c r="G164" s="50">
+      <c r="G164" s="47">
         <v>0.38500000000000001</v>
       </c>
-      <c r="H164" s="51">
+      <c r="H164" s="48">
         <v>14.6</v>
       </c>
-      <c r="I164" s="51">
+      <c r="I164" s="48">
         <v>14.4</v>
       </c>
-      <c r="J164" s="51">
+      <c r="J164" s="48">
         <v>20.5</v>
       </c>
-      <c r="K164" s="51">
+      <c r="K164" s="48">
         <v>31.1</v>
       </c>
     </row>
-    <row r="165" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A165" s="35" t="s">
         <v>187</v>
       </c>
       <c r="B165" s="36">
         <v>3183</v>
       </c>
       <c r="C165" s="25">
         <v>3929</v>
       </c>
       <c r="D165" s="36">
         <v>4476</v>
       </c>
       <c r="E165" s="25">
         <v>5050</v>
       </c>
       <c r="F165" s="37">
         <v>0.40600000000000003</v>
       </c>
       <c r="G165" s="26">
         <v>0.35</v>
       </c>
       <c r="H165" s="38">
         <v>18.100000000000001</v>
       </c>
       <c r="I165" s="27">
         <v>14.6</v>
       </c>
       <c r="J165" s="38">
         <v>33.700000000000003</v>
       </c>
       <c r="K165" s="27">
         <v>28.1</v>
       </c>
     </row>
-    <row r="166" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A166" s="48" t="s">
+    <row r="166" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A166" s="45" t="s">
         <v>188</v>
       </c>
-      <c r="B166" s="49">
+      <c r="B166" s="46">
         <v>3354</v>
       </c>
-      <c r="C166" s="49">
+      <c r="C166" s="46">
         <v>3891</v>
       </c>
-      <c r="D166" s="49">
+      <c r="D166" s="46">
         <v>4362</v>
       </c>
-      <c r="E166" s="49">
+      <c r="E166" s="46">
         <v>4417</v>
       </c>
-      <c r="F166" s="50">
+      <c r="F166" s="47">
         <v>0.36899999999999999</v>
       </c>
-      <c r="G166" s="50">
+      <c r="G166" s="47">
         <v>0.308</v>
       </c>
-      <c r="H166" s="51">
+      <c r="H166" s="48">
         <v>20.8</v>
       </c>
-      <c r="I166" s="51">
+      <c r="I166" s="48">
         <v>9.1</v>
       </c>
-      <c r="J166" s="51">
+      <c r="J166" s="48">
         <v>30.8</v>
       </c>
-      <c r="K166" s="51">
+      <c r="K166" s="48">
         <v>27.3</v>
       </c>
     </row>
-    <row r="167" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A167" s="35" t="s">
         <v>189</v>
       </c>
       <c r="B167" s="36">
         <v>3929</v>
       </c>
       <c r="C167" s="25">
         <v>4447</v>
       </c>
       <c r="D167" s="36">
         <v>4557</v>
       </c>
       <c r="E167" s="25">
         <v>5165</v>
       </c>
       <c r="F167" s="37">
         <v>0.30099999999999999</v>
       </c>
       <c r="G167" s="26">
         <v>0.32600000000000001</v>
       </c>
       <c r="H167" s="38">
         <v>17.899999999999999</v>
       </c>
       <c r="I167" s="27">
         <v>14</v>
       </c>
       <c r="J167" s="38">
         <v>19.899999999999999</v>
       </c>
       <c r="K167" s="27">
         <v>26.2</v>
       </c>
     </row>
-    <row r="168" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A168" s="48" t="s">
+    <row r="168" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A168" s="45" t="s">
         <v>190</v>
       </c>
-      <c r="B168" s="49">
+      <c r="B168" s="46">
         <v>3546</v>
       </c>
-      <c r="C168" s="49">
+      <c r="C168" s="46">
         <v>3742</v>
       </c>
-      <c r="D168" s="49">
+      <c r="D168" s="46">
         <v>3936</v>
       </c>
-      <c r="E168" s="49">
+      <c r="E168" s="46">
         <v>4473</v>
       </c>
-      <c r="F168" s="50">
+      <c r="F168" s="47">
         <v>0.312</v>
       </c>
-      <c r="G168" s="50">
+      <c r="G168" s="47">
         <v>0.30599999999999999</v>
       </c>
-      <c r="H168" s="51">
+      <c r="H168" s="48">
         <v>17.600000000000001</v>
       </c>
-      <c r="I168" s="51">
+      <c r="I168" s="48">
         <v>14.5</v>
       </c>
-      <c r="J168" s="51">
+      <c r="J168" s="48">
         <v>29.4</v>
       </c>
-      <c r="K168" s="51">
+      <c r="K168" s="48">
         <v>30.9</v>
       </c>
     </row>
-    <row r="169" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A169" s="35" t="s">
         <v>191</v>
       </c>
       <c r="B169" s="36">
         <v>3005</v>
       </c>
       <c r="C169" s="25">
         <v>4170</v>
       </c>
       <c r="D169" s="36">
         <v>4128</v>
       </c>
       <c r="E169" s="25">
         <v>4688</v>
       </c>
       <c r="F169" s="37">
         <v>0.39300000000000002</v>
       </c>
       <c r="G169" s="26">
         <v>0.29099999999999998</v>
       </c>
       <c r="H169" s="38">
         <v>19.600000000000001</v>
       </c>
       <c r="I169" s="27">
         <v>17.2</v>
       </c>
       <c r="J169" s="38">
         <v>38</v>
       </c>
       <c r="K169" s="27">
         <v>20.2</v>
       </c>
     </row>
-    <row r="170" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A170" s="48" t="s">
+    <row r="170" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A170" s="45" t="s">
         <v>192</v>
       </c>
-      <c r="B170" s="49">
+      <c r="B170" s="46">
         <v>2579</v>
       </c>
-      <c r="C170" s="49">
+      <c r="C170" s="46">
         <v>3024</v>
       </c>
-      <c r="D170" s="49">
+      <c r="D170" s="46">
         <v>3218</v>
       </c>
-      <c r="E170" s="49">
+      <c r="E170" s="46">
         <v>3375</v>
       </c>
-      <c r="F170" s="50">
+      <c r="F170" s="47">
         <v>0.312</v>
       </c>
-      <c r="G170" s="50">
+      <c r="G170" s="47">
         <v>0.249</v>
       </c>
-      <c r="H170" s="51">
+      <c r="H170" s="48">
         <v>26.9</v>
       </c>
-      <c r="I170" s="51">
+      <c r="I170" s="48">
         <v>25.8</v>
       </c>
-      <c r="J170" s="51">
+      <c r="J170" s="48">
         <v>44.1</v>
       </c>
-      <c r="K170" s="51">
+      <c r="K170" s="48">
         <v>46.2</v>
       </c>
     </row>
-    <row r="171" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A171" s="35" t="s">
         <v>193</v>
       </c>
       <c r="B171" s="36">
         <v>3124</v>
       </c>
       <c r="C171" s="25">
         <v>3276</v>
       </c>
       <c r="D171" s="36">
         <v>3395</v>
       </c>
       <c r="E171" s="25">
         <v>4155</v>
       </c>
       <c r="F171" s="37">
         <v>0.22500000000000001</v>
       </c>
       <c r="G171" s="26">
         <v>0.33900000000000002</v>
       </c>
       <c r="H171" s="38">
         <v>17.2</v>
       </c>
       <c r="I171" s="27">
         <v>14.6</v>
       </c>
       <c r="J171" s="38">
         <v>28</v>
       </c>
       <c r="K171" s="27">
         <v>42.7</v>
       </c>
     </row>
-    <row r="172" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A172" s="48" t="s">
+    <row r="172" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A172" s="45" t="s">
         <v>194</v>
       </c>
-      <c r="B172" s="49">
+      <c r="B172" s="46">
         <v>3500</v>
       </c>
-      <c r="C172" s="49">
+      <c r="C172" s="46">
         <v>3407</v>
       </c>
-      <c r="D172" s="49">
+      <c r="D172" s="46">
         <v>4002</v>
       </c>
-      <c r="E172" s="49">
+      <c r="E172" s="46">
         <v>4136</v>
       </c>
-      <c r="F172" s="50">
+      <c r="F172" s="47">
         <v>0.314</v>
       </c>
-      <c r="G172" s="50">
+      <c r="G172" s="47">
         <v>0.28899999999999998</v>
       </c>
-      <c r="H172" s="51">
+      <c r="H172" s="48">
         <v>8.6</v>
       </c>
-      <c r="I172" s="51">
+      <c r="I172" s="48">
         <v>4.5</v>
       </c>
-      <c r="J172" s="51">
+      <c r="J172" s="48">
         <v>26.9</v>
       </c>
-      <c r="K172" s="51">
+      <c r="K172" s="48">
         <v>34.1</v>
       </c>
     </row>
-    <row r="173" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A173" s="35" t="s">
         <v>195</v>
       </c>
       <c r="B173" s="36">
         <v>3300</v>
       </c>
       <c r="C173" s="25">
         <v>3837</v>
       </c>
       <c r="D173" s="36">
         <v>4017</v>
       </c>
       <c r="E173" s="25">
         <v>4457</v>
       </c>
       <c r="F173" s="37">
         <v>0.33400000000000002</v>
       </c>
       <c r="G173" s="26">
         <v>0.30299999999999999</v>
       </c>
       <c r="H173" s="38">
         <v>20.7</v>
       </c>
       <c r="I173" s="27">
         <v>15.4</v>
       </c>
       <c r="J173" s="38">
         <v>33.700000000000003</v>
       </c>
       <c r="K173" s="27">
         <v>35.9</v>
       </c>
     </row>
-    <row r="174" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A174" s="48" t="s">
+    <row r="174" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A174" s="45" t="s">
         <v>196</v>
       </c>
-      <c r="B174" s="49">
+      <c r="B174" s="46">
         <v>4428</v>
       </c>
-      <c r="C174" s="49">
+      <c r="C174" s="46">
         <v>4636</v>
       </c>
-      <c r="D174" s="49">
+      <c r="D174" s="46">
         <v>5120</v>
       </c>
-      <c r="E174" s="49">
+      <c r="E174" s="46">
         <v>5726</v>
       </c>
-      <c r="F174" s="50">
+      <c r="F174" s="47">
         <v>0.30299999999999999</v>
       </c>
-      <c r="G174" s="50">
+      <c r="G174" s="47">
         <v>0.29499999999999998</v>
       </c>
-      <c r="H174" s="51">
+      <c r="H174" s="48">
         <v>4.8</v>
       </c>
-      <c r="I174" s="51">
+      <c r="I174" s="48">
         <v>2.9</v>
       </c>
-      <c r="J174" s="51">
+      <c r="J174" s="48">
         <v>16.899999999999999</v>
       </c>
-      <c r="K174" s="51">
+      <c r="K174" s="48">
         <v>17.399999999999999</v>
       </c>
     </row>
-    <row r="175" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A175" s="35" t="s">
         <v>197</v>
       </c>
       <c r="B175" s="36">
         <v>2948</v>
       </c>
       <c r="C175" s="25">
         <v>2589</v>
       </c>
       <c r="D175" s="36">
         <v>3509</v>
       </c>
       <c r="E175" s="25">
         <v>3783</v>
       </c>
       <c r="F175" s="37">
         <v>0.29699999999999999</v>
       </c>
       <c r="G175" s="26">
         <v>0.33300000000000002</v>
       </c>
       <c r="H175" s="38">
         <v>8.1999999999999993</v>
       </c>
       <c r="I175" s="27">
         <v>6.3</v>
       </c>
       <c r="J175" s="38">
         <v>39.200000000000003</v>
       </c>
       <c r="K175" s="27">
         <v>54.2</v>
       </c>
     </row>
-    <row r="176" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A176" s="48" t="s">
+    <row r="176" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A176" s="45" t="s">
         <v>198</v>
       </c>
-      <c r="B176" s="49">
+      <c r="B176" s="46">
         <v>5194</v>
       </c>
-      <c r="C176" s="49">
+      <c r="C176" s="46">
         <v>5531</v>
       </c>
-      <c r="D176" s="49">
+      <c r="D176" s="46">
         <v>6390</v>
       </c>
-      <c r="E176" s="49">
+      <c r="E176" s="46">
         <v>6475</v>
       </c>
-      <c r="F176" s="50">
+      <c r="F176" s="47">
         <v>0.34100000000000003</v>
       </c>
-      <c r="G176" s="50">
+      <c r="G176" s="47">
         <v>0.27400000000000002</v>
       </c>
-      <c r="H176" s="51">
+      <c r="H176" s="48">
         <v>4.7</v>
       </c>
-      <c r="I176" s="51">
+      <c r="I176" s="48">
         <v>2.4</v>
       </c>
-      <c r="J176" s="51">
+      <c r="J176" s="48">
         <v>14</v>
       </c>
-      <c r="K176" s="51">
+      <c r="K176" s="48">
         <v>4.7</v>
       </c>
     </row>
-    <row r="177" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A177" s="35" t="s">
         <v>199</v>
       </c>
       <c r="B177" s="36">
         <v>4164</v>
       </c>
       <c r="C177" s="25">
         <v>4346</v>
       </c>
       <c r="D177" s="36">
         <v>4873</v>
       </c>
       <c r="E177" s="25">
         <v>4927</v>
       </c>
       <c r="F177" s="37">
         <v>0.30199999999999999</v>
       </c>
       <c r="G177" s="26">
         <v>0.23799999999999999</v>
       </c>
       <c r="H177" s="38">
         <v>13.7</v>
       </c>
       <c r="I177" s="27">
         <v>10.1</v>
       </c>
       <c r="J177" s="38">
         <v>18.899999999999999</v>
       </c>
       <c r="K177" s="27">
         <v>11.6</v>
       </c>
     </row>
-    <row r="178" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A178" s="67" t="s">
+    <row r="178" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A178" s="45" t="s">
         <v>200</v>
       </c>
-      <c r="B178" s="68">
+      <c r="B178" s="46">
         <v>3870</v>
       </c>
-      <c r="C178" s="68">
+      <c r="C178" s="46">
         <v>4281</v>
       </c>
-      <c r="D178" s="68">
+      <c r="D178" s="46">
         <v>4692</v>
       </c>
-      <c r="E178" s="68">
+      <c r="E178" s="46">
         <v>4795</v>
       </c>
-      <c r="F178" s="69">
+      <c r="F178" s="47">
         <v>0.311</v>
       </c>
-      <c r="G178" s="69">
+      <c r="G178" s="47">
         <v>0.22900000000000001</v>
       </c>
-      <c r="H178" s="70">
+      <c r="H178" s="48">
         <v>6</v>
       </c>
-      <c r="I178" s="70">
+      <c r="I178" s="48">
         <v>1.3</v>
       </c>
-      <c r="J178" s="70">
+      <c r="J178" s="48">
         <v>20.5</v>
       </c>
-      <c r="K178" s="70">
+      <c r="K178" s="48">
         <v>10</v>
       </c>
     </row>
-    <row r="179" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A179" s="39" t="s">
         <v>201</v>
       </c>
-      <c r="B179" s="40" t="s">
+      <c r="B179" s="25" t="s">
         <v>28</v>
       </c>
-      <c r="C179" s="40">
+      <c r="C179" s="25">
         <v>3329</v>
       </c>
-      <c r="D179" s="40" t="s">
+      <c r="D179" s="25" t="s">
         <v>28</v>
       </c>
-      <c r="E179" s="40">
+      <c r="E179" s="25">
         <v>5013</v>
       </c>
-      <c r="F179" s="41" t="s">
+      <c r="F179" s="26" t="s">
         <v>28</v>
       </c>
-      <c r="G179" s="41">
+      <c r="G179" s="26">
         <v>0.39200000000000002</v>
       </c>
-      <c r="H179" s="42" t="s">
+      <c r="H179" s="27" t="s">
         <v>28</v>
       </c>
-      <c r="I179" s="42">
+      <c r="I179" s="27">
         <v>16.7</v>
       </c>
-      <c r="J179" s="42" t="s">
+      <c r="J179" s="27" t="s">
         <v>28</v>
       </c>
-      <c r="K179" s="42">
+      <c r="K179" s="27">
         <v>35.700000000000003</v>
       </c>
     </row>
-    <row r="180" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A180" s="67" t="s">
+    <row r="180" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A180" s="45" t="s">
         <v>202</v>
       </c>
-      <c r="B180" s="68" t="s">
+      <c r="B180" s="46" t="s">
         <v>28</v>
       </c>
-      <c r="C180" s="68">
+      <c r="C180" s="46">
         <v>2717</v>
       </c>
-      <c r="D180" s="68" t="s">
+      <c r="D180" s="46" t="s">
         <v>28</v>
       </c>
-      <c r="E180" s="68">
+      <c r="E180" s="46">
         <v>3603</v>
       </c>
-      <c r="F180" s="69" t="s">
+      <c r="F180" s="47" t="s">
         <v>28</v>
       </c>
-      <c r="G180" s="69">
+      <c r="G180" s="47">
         <v>0.31</v>
       </c>
-      <c r="H180" s="70" t="s">
+      <c r="H180" s="48" t="s">
         <v>28</v>
       </c>
-      <c r="I180" s="70">
+      <c r="I180" s="48">
         <v>21.4</v>
       </c>
-      <c r="J180" s="70" t="s">
+      <c r="J180" s="48" t="s">
         <v>28</v>
       </c>
-      <c r="K180" s="70">
+      <c r="K180" s="48">
         <v>53.6</v>
       </c>
     </row>
-    <row r="181" spans="1:11" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:11" x14ac:dyDescent="0.3">
       <c r="A181" s="39" t="s">
         <v>203</v>
       </c>
-      <c r="B181" s="40" t="s">
+      <c r="B181" s="25" t="s">
         <v>28</v>
       </c>
-      <c r="C181" s="40">
+      <c r="C181" s="25">
         <v>5217</v>
       </c>
-      <c r="D181" s="40" t="s">
+      <c r="D181" s="25" t="s">
         <v>28</v>
       </c>
-      <c r="E181" s="40">
+      <c r="E181" s="25">
         <v>6368</v>
       </c>
-      <c r="F181" s="41" t="s">
+      <c r="F181" s="26" t="s">
         <v>28</v>
       </c>
-      <c r="G181" s="41">
+      <c r="G181" s="26">
         <v>0.33500000000000002</v>
       </c>
-      <c r="H181" s="42" t="s">
+      <c r="H181" s="27" t="s">
         <v>28</v>
       </c>
-      <c r="I181" s="42">
+      <c r="I181" s="27">
         <v>4.2</v>
       </c>
-      <c r="J181" s="42" t="s">
+      <c r="J181" s="27" t="s">
         <v>28</v>
       </c>
-      <c r="K181" s="42">
+      <c r="K181" s="27">
         <v>16.7</v>
       </c>
     </row>
-    <row r="182" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="A182" s="67" t="s">
+    <row r="182" spans="1:11" x14ac:dyDescent="0.3">
+      <c r="A182" s="45" t="s">
         <v>204</v>
       </c>
-      <c r="B182" s="68" t="s">
+      <c r="B182" s="46" t="s">
         <v>28</v>
       </c>
-      <c r="C182" s="68">
+      <c r="C182" s="46">
         <v>2525</v>
       </c>
-      <c r="D182" s="68" t="s">
+      <c r="D182" s="46" t="s">
         <v>28</v>
       </c>
-      <c r="E182" s="68">
+      <c r="E182" s="46">
         <v>2988</v>
       </c>
-      <c r="F182" s="69" t="s">
+      <c r="F182" s="47" t="s">
         <v>28</v>
       </c>
-      <c r="G182" s="69">
+      <c r="G182" s="47">
         <v>0.222</v>
       </c>
-      <c r="H182" s="70" t="s">
+      <c r="H182" s="48" t="s">
         <v>28</v>
       </c>
-      <c r="I182" s="70">
+      <c r="I182" s="48">
         <v>10.9</v>
       </c>
-      <c r="J182" s="70" t="s">
+      <c r="J182" s="48" t="s">
         <v>28</v>
       </c>
-      <c r="K182" s="70">
+      <c r="K182" s="48">
         <v>60</v>
       </c>
     </row>
-    <row r="183" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A183" s="43" t="s">
+    <row r="183" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A183" s="40" t="s">
         <v>205</v>
       </c>
       <c r="B183" s="30" t="s">
         <v>28</v>
       </c>
       <c r="C183" s="30">
         <v>2999</v>
       </c>
       <c r="D183" s="30" t="s">
         <v>28</v>
       </c>
       <c r="E183" s="30">
         <v>3663</v>
       </c>
       <c r="F183" s="32" t="s">
         <v>28</v>
       </c>
       <c r="G183" s="32">
         <v>0.27</v>
       </c>
       <c r="H183" s="34" t="s">
         <v>28</v>
       </c>
       <c r="I183" s="34">
         <v>6.3</v>
       </c>
       <c r="J183" s="34" t="s">
         <v>28</v>
       </c>
       <c r="K183" s="34">
         <v>45.8</v>
       </c>
     </row>
-    <row r="184" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A184" s="71" t="s">
+    <row r="184" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A184" s="64" t="s">
         <v>26</v>
       </c>
-      <c r="B184" s="72">
+      <c r="B184" s="65">
         <v>10234</v>
       </c>
-      <c r="C184" s="73">
+      <c r="C184" s="66">
         <v>10802</v>
       </c>
-      <c r="D184" s="72">
+      <c r="D184" s="65">
         <v>13325</v>
       </c>
-      <c r="E184" s="73">
+      <c r="E184" s="66">
         <v>13985</v>
       </c>
-      <c r="F184" s="74">
+      <c r="F184" s="67">
         <v>0.38</v>
       </c>
-      <c r="G184" s="75">
+      <c r="G184" s="68">
         <v>0.375</v>
       </c>
-      <c r="H184" s="76">
+      <c r="H184" s="69">
         <v>1.4</v>
       </c>
-      <c r="I184" s="77">
+      <c r="I184" s="70">
         <v>1</v>
       </c>
-      <c r="J184" s="76">
+      <c r="J184" s="69">
         <v>12.7</v>
       </c>
-      <c r="K184" s="77">
+      <c r="K184" s="70">
         <v>11.8</v>
       </c>
     </row>
-    <row r="185" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A185" s="47" t="s">
+    <row r="185" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A185" s="44" t="s">
         <v>27</v>
       </c>
-      <c r="B185" s="44">
+      <c r="B185" s="41">
         <v>6904</v>
       </c>
-      <c r="C185" s="44">
+      <c r="C185" s="41">
         <v>7383</v>
       </c>
-      <c r="D185" s="44">
+      <c r="D185" s="41">
         <v>8250</v>
       </c>
-      <c r="E185" s="44">
+      <c r="E185" s="41">
         <v>8555</v>
       </c>
-      <c r="F185" s="45">
+      <c r="F185" s="42">
         <v>0.3</v>
       </c>
-      <c r="G185" s="45">
+      <c r="G185" s="42">
         <v>0.32700000000000001</v>
       </c>
-      <c r="H185" s="46">
+      <c r="H185" s="43">
         <v>2.5</v>
       </c>
-      <c r="I185" s="46">
+      <c r="I185" s="43">
         <v>2</v>
       </c>
-      <c r="J185" s="46">
+      <c r="J185" s="43">
         <v>7</v>
       </c>
-      <c r="K185" s="46">
+      <c r="K185" s="43">
         <v>13.7</v>
       </c>
     </row>
-    <row r="186" spans="1:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A186" s="71" t="s">
+    <row r="186" spans="1:11" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A186" s="64" t="s">
         <v>29</v>
       </c>
-      <c r="B186" s="72">
+      <c r="B186" s="65">
         <v>10056</v>
       </c>
-      <c r="C186" s="73">
+      <c r="C186" s="66">
         <v>10769</v>
       </c>
-      <c r="D186" s="72">
+      <c r="D186" s="65">
         <v>13473</v>
       </c>
-      <c r="E186" s="73">
+      <c r="E186" s="66">
         <v>13846</v>
       </c>
-      <c r="F186" s="74">
+      <c r="F186" s="67">
         <v>0.36799999999999999</v>
       </c>
-      <c r="G186" s="75">
+      <c r="G186" s="68">
         <v>0.32400000000000001</v>
       </c>
-      <c r="H186" s="76">
+      <c r="H186" s="69">
         <v>0.1</v>
       </c>
-      <c r="I186" s="77">
+      <c r="I186" s="70">
         <v>0.2</v>
       </c>
-      <c r="J186" s="76">
+      <c r="J186" s="69">
         <v>11.4</v>
       </c>
-      <c r="K186" s="77">
+      <c r="K186" s="70">
         <v>10.9</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="10">
     <mergeCell ref="J3:K6"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="B5:C5"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="F5:G6"/>
     <mergeCell ref="F3:G4"/>
     <mergeCell ref="D6:E6"/>
     <mergeCell ref="B3:E3"/>
     <mergeCell ref="H3:I6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>