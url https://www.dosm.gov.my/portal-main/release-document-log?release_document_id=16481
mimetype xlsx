--- v0 (2025-10-11)
+++ v1 (2025-11-27)
@@ -20,53 +20,53 @@
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\jajam\OneDrive\Desktop\excel Jadual Inequality\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1601CA45-D265-45FA-B96B-015CF2F1744B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4A3A8DE8-F037-49A4-8BB1-9E3D94394D88}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" firstSheet="2" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="4.1" sheetId="1" r:id="rId1"/>
     <sheet name="4.2" sheetId="2" r:id="rId2"/>
     <sheet name="4.3" sheetId="3" r:id="rId3"/>
     <sheet name="4.4" sheetId="4" r:id="rId4"/>
     <sheet name="4.5" sheetId="5" r:id="rId5"/>
     <sheet name="4.6" sheetId="6" r:id="rId6"/>
     <sheet name="4.7 " sheetId="7" r:id="rId7"/>
     <sheet name="4.8" sheetId="9" r:id="rId8"/>
     <sheet name="4.9" sheetId="10" r:id="rId9"/>
     <sheet name="4.10" sheetId="11" r:id="rId10"/>
     <sheet name=" 4.11 (1)" sheetId="12" r:id="rId11"/>
     <sheet name="4.11 (2)" sheetId="14" r:id="rId12"/>
     <sheet name="4.12 (1)" sheetId="13" r:id="rId13"/>
     <sheet name="4.12 (2)" sheetId="15" r:id="rId14"/>
     <sheet name="4.12 (3)" sheetId="16" r:id="rId15"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
@@ -1457,51 +1457,51 @@
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B1:J17"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="70" zoomScaleNormal="100" zoomScaleSheetLayoutView="70" workbookViewId="0">
+    <sheetView view="pageBreakPreview" zoomScale="70" zoomScaleNormal="100" zoomScaleSheetLayoutView="70" workbookViewId="0">
       <selection activeCell="K11" sqref="K11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.6328125" defaultRowHeight="23" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="0.90625" customWidth="1"/>
     <col min="2" max="2" width="22.08984375" customWidth="1"/>
     <col min="3" max="8" width="14.6328125" customWidth="1"/>
     <col min="9" max="9" width="14.81640625" customWidth="1"/>
     <col min="10" max="10" width="14.7265625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="20.5" customHeight="1">
       <c r="B1" s="17" t="s">
         <v>191</v>
       </c>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
     </row>
@@ -1906,52 +1906,52 @@
       <c r="J17" s="7">
         <v>0.30599999999999999</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="I5:J5"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="93" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="B1:J15"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" topLeftCell="D10" zoomScale="160" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="J11" sqref="J11:J14"/>
+    <sheetView view="pageBreakPreview" topLeftCell="A3" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
+      <selection activeCell="H7" sqref="H7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="23" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.1796875" style="20" customWidth="1"/>
     <col min="2" max="2" width="23.7265625" style="20" customWidth="1"/>
     <col min="3" max="10" width="14.81640625" style="20" customWidth="1"/>
     <col min="11" max="16384" width="9" style="20"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="23" customHeight="1">
       <c r="B1" s="18" t="s">
         <v>198</v>
       </c>
       <c r="C1" s="19"/>
       <c r="D1" s="19"/>
       <c r="E1" s="19"/>
       <c r="F1" s="19"/>
       <c r="G1" s="19"/>
       <c r="H1" s="19"/>
     </row>
     <row r="2" spans="2:10" ht="18" customHeight="1">
       <c r="B2" s="16" t="s">
         <v>215</v>
       </c>
@@ -2017,63 +2017,63 @@
       </c>
       <c r="F6" s="14">
         <v>2024</v>
       </c>
       <c r="G6" s="14">
         <v>2022</v>
       </c>
       <c r="H6" s="14">
         <v>2024</v>
       </c>
       <c r="I6" s="14">
         <v>2022</v>
       </c>
       <c r="J6" s="14">
         <v>2024</v>
       </c>
     </row>
     <row r="7" spans="2:10" ht="23" customHeight="1">
       <c r="B7" s="8" t="s">
         <v>101</v>
       </c>
       <c r="C7" s="2">
         <v>0.32600000000000001</v>
       </c>
       <c r="D7" s="3">
-        <v>0.26300000000000001</v>
+        <v>0.29899999999999999</v>
       </c>
       <c r="E7" s="2">
         <v>0.35799999999999998</v>
       </c>
       <c r="F7" s="3">
         <v>0.33</v>
       </c>
       <c r="G7" s="2">
         <v>0.32200000000000001</v>
       </c>
       <c r="H7" s="3">
-        <v>0.26600000000000001</v>
+        <v>0.29499999999999998</v>
       </c>
       <c r="I7" s="2">
         <v>0.35799999999999998</v>
       </c>
       <c r="J7" s="3">
         <v>0.33</v>
       </c>
     </row>
     <row r="8" spans="2:10" ht="23" customHeight="1">
       <c r="B8" s="9" t="s">
         <v>102</v>
       </c>
       <c r="C8" s="4">
         <v>0.33</v>
       </c>
       <c r="D8" s="5">
         <v>0.311</v>
       </c>
       <c r="E8" s="4">
         <v>0.374</v>
       </c>
       <c r="F8" s="39">
         <v>0.39300000000000002</v>
       </c>
       <c r="G8" s="4">
@@ -2291,52 +2291,52 @@
       <c r="J15" s="7">
         <v>0.32200000000000001</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="I5:J5"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="B1:J25"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScale="94" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="J8" sqref="J8:J13"/>
+    <sheetView view="pageBreakPreview" topLeftCell="A4" zoomScale="94" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="D8" sqref="D8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="20" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.26953125" style="20" customWidth="1"/>
     <col min="2" max="2" width="20.36328125" style="20" customWidth="1"/>
     <col min="3" max="10" width="14.6328125" style="20" customWidth="1"/>
     <col min="11" max="16384" width="9" style="20"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="20" customHeight="1">
       <c r="B1" s="18" t="s">
         <v>199</v>
       </c>
       <c r="C1" s="19"/>
       <c r="D1" s="19"/>
       <c r="E1" s="19"/>
       <c r="F1" s="19"/>
       <c r="G1" s="19"/>
       <c r="H1" s="19"/>
     </row>
     <row r="2" spans="2:10" ht="18" customHeight="1">
       <c r="B2" s="16" t="s">
         <v>216</v>
       </c>
@@ -2403,80 +2403,80 @@
       </c>
       <c r="F6" s="14">
         <v>2024</v>
       </c>
       <c r="G6" s="14">
         <v>2022</v>
       </c>
       <c r="H6" s="14">
         <v>2024</v>
       </c>
       <c r="I6" s="14">
         <v>2022</v>
       </c>
       <c r="J6" s="14">
         <v>2024</v>
       </c>
     </row>
     <row r="7" spans="2:10" ht="20" customHeight="1">
       <c r="B7" s="8" t="s">
         <v>110</v>
       </c>
       <c r="C7" s="2">
         <v>0.39500000000000002</v>
       </c>
       <c r="D7" s="3">
-        <v>0.40500000000000003</v>
+        <v>0.38900000000000001</v>
       </c>
       <c r="E7" s="2">
         <v>0.46</v>
       </c>
       <c r="F7" s="3">
         <v>0.46</v>
       </c>
       <c r="G7" s="2">
         <v>0.38700000000000001</v>
       </c>
       <c r="H7" s="3">
         <v>0.38300000000000001</v>
       </c>
       <c r="I7" s="2">
         <v>0.44400000000000001</v>
       </c>
       <c r="J7" s="3">
         <v>0.44600000000000001</v>
       </c>
     </row>
     <row r="8" spans="2:10" ht="20" customHeight="1">
       <c r="B8" s="9" t="s">
         <v>111</v>
       </c>
       <c r="C8" s="4">
         <v>0.38800000000000001</v>
       </c>
       <c r="D8" s="5">
-        <v>0.38900000000000001</v>
+        <v>0.40500000000000003</v>
       </c>
       <c r="E8" s="4">
         <v>0.4</v>
       </c>
       <c r="F8" s="39">
         <v>0.42499999999999999</v>
       </c>
       <c r="G8" s="4">
         <v>0.39100000000000001</v>
       </c>
       <c r="H8" s="5">
         <v>0.41277999999999998</v>
       </c>
       <c r="I8" s="4">
         <v>0.40300000000000002</v>
       </c>
       <c r="J8" s="5">
         <v>0.42599999999999999</v>
       </c>
     </row>
     <row r="9" spans="2:10" ht="20" customHeight="1">
       <c r="B9" s="9" t="s">
         <v>112</v>
       </c>
       <c r="C9" s="4">
@@ -5670,52 +5670,52 @@
         <v>0.30499999999999999</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="I5:J5"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:J4"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="B1:J18"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScale="60" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="J8" sqref="J8:J17"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
+      <selection activeCell="H8" sqref="H8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="14.6328125" defaultRowHeight="23" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="1" style="20" customWidth="1"/>
     <col min="2" max="2" width="21.81640625" style="20" customWidth="1"/>
     <col min="3" max="10" width="15.1796875" style="20" customWidth="1"/>
     <col min="11" max="16384" width="14.6328125" style="20"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="23" customHeight="1">
       <c r="B1" s="18" t="s">
         <v>179</v>
       </c>
       <c r="C1" s="19"/>
       <c r="D1" s="19"/>
       <c r="E1" s="19"/>
       <c r="F1" s="19"/>
       <c r="G1" s="19"/>
       <c r="H1" s="19"/>
     </row>
     <row r="2" spans="2:10" ht="18.5" customHeight="1">
       <c r="B2" s="55" t="s">
         <v>208</v>
       </c>
@@ -5794,80 +5794,80 @@
       </c>
       <c r="J6" s="14">
         <v>2024</v>
       </c>
     </row>
     <row r="7" spans="2:10" ht="23" customHeight="1">
       <c r="B7" s="8" t="s">
         <v>36</v>
       </c>
       <c r="C7" s="2">
         <v>0.38500000000000001</v>
       </c>
       <c r="D7" s="3">
         <v>0.35599999999999998</v>
       </c>
       <c r="E7" s="2">
         <v>0.35099999999999998</v>
       </c>
       <c r="F7" s="3">
         <v>0.35799999999999998</v>
       </c>
       <c r="G7" s="2">
         <v>0.39300000000000002</v>
       </c>
       <c r="H7" s="3">
-        <v>0.35799999999999998</v>
+        <v>0.36299999999999999</v>
       </c>
       <c r="I7" s="2">
         <v>0.35799999999999998</v>
       </c>
       <c r="J7" s="3">
         <v>0.36499999999999999</v>
       </c>
     </row>
     <row r="8" spans="2:10" ht="23" customHeight="1">
       <c r="B8" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C8" s="4">
         <v>0.374</v>
       </c>
       <c r="D8" s="5">
         <v>0.34899999999999998</v>
       </c>
       <c r="E8" s="4">
         <v>0.34</v>
       </c>
       <c r="F8" s="5">
         <v>0.39</v>
       </c>
       <c r="G8" s="4">
         <v>0.38500000000000001</v>
       </c>
       <c r="H8" s="39">
-        <v>0.36335000000000001</v>
+        <v>0.35799999999999998</v>
       </c>
       <c r="I8" s="4">
         <v>0.35199999999999998</v>
       </c>
       <c r="J8" s="5">
         <v>0.39600000000000002</v>
       </c>
     </row>
     <row r="9" spans="2:10" ht="23" customHeight="1">
       <c r="B9" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C9" s="4">
         <v>0.38400000000000001</v>
       </c>
       <c r="D9" s="5">
         <v>0.36099999999999999</v>
       </c>
       <c r="E9" s="4">
         <v>0.34699999999999998</v>
       </c>
       <c r="F9" s="5">
         <v>0.36399999999999999</v>
       </c>
       <c r="G9" s="4">
@@ -6145,51 +6145,51 @@
       </c>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="I5:J5"/>
     <mergeCell ref="B2:F2"/>
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:J4"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="B1:J10"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
-      <selection activeCell="J7" sqref="J7:J9"/>
+      <selection activeCell="D12" sqref="D12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.6328125" defaultRowHeight="23" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="0.90625" style="20" customWidth="1"/>
     <col min="2" max="2" width="18.81640625" style="20" customWidth="1"/>
     <col min="3" max="16384" width="15.6328125" style="20"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="23" customHeight="1">
       <c r="B1" s="18" t="s">
         <v>180</v>
       </c>
       <c r="C1" s="19"/>
       <c r="D1" s="19"/>
       <c r="E1" s="19"/>
       <c r="F1" s="19"/>
       <c r="G1" s="19"/>
       <c r="H1" s="19"/>
     </row>
     <row r="2" spans="2:10" ht="16" customHeight="1">
       <c r="B2" s="16" t="s">
         <v>209</v>
       </c>
       <c r="C2" s="19"/>
@@ -6341,94 +6341,94 @@
       </c>
       <c r="F9" s="5">
         <v>0.28100000000000003</v>
       </c>
       <c r="G9" s="4">
         <v>0.33500000000000002</v>
       </c>
       <c r="H9" s="5">
         <v>0.29399999999999998</v>
       </c>
       <c r="I9" s="4">
         <v>0.33</v>
       </c>
       <c r="J9" s="5">
         <v>0.28299999999999997</v>
       </c>
     </row>
     <row r="10" spans="2:10" ht="23" customHeight="1" thickBot="1">
       <c r="B10" s="21" t="s">
         <v>51</v>
       </c>
       <c r="C10" s="22">
         <v>0.38300000000000001</v>
       </c>
       <c r="D10" s="23">
-        <v>0.373</v>
+        <v>0.34300000000000003</v>
       </c>
       <c r="E10" s="22">
         <v>0.36799999999999999</v>
       </c>
       <c r="F10" s="23">
         <v>0.32200000000000001</v>
       </c>
       <c r="G10" s="22">
         <v>0.38</v>
       </c>
       <c r="H10" s="23">
         <v>0.33900000000000002</v>
       </c>
       <c r="I10" s="22">
         <v>0.36799999999999999</v>
       </c>
       <c r="J10" s="23">
         <v>0.32200000000000001</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="I5:J5"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="B1:J14"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="70" zoomScaleNormal="80" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="E16" sqref="E16"/>
+      <selection activeCell="D16" sqref="D16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.08984375" defaultRowHeight="23" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="0.90625" style="20" customWidth="1"/>
     <col min="2" max="2" width="18.54296875" style="20" customWidth="1"/>
     <col min="3" max="10" width="15.6328125" style="20" customWidth="1"/>
     <col min="11" max="16384" width="12.08984375" style="20"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="23" customHeight="1">
       <c r="B1" s="18" t="s">
         <v>181</v>
       </c>
       <c r="C1" s="19"/>
       <c r="D1" s="19"/>
       <c r="E1" s="19"/>
       <c r="F1" s="19"/>
       <c r="G1" s="19"/>
       <c r="H1" s="19"/>
     </row>
     <row r="2" spans="2:10" ht="15" customHeight="1">
       <c r="B2" s="16" t="s">
         <v>210</v>
       </c>
@@ -6494,51 +6494,51 @@
       </c>
       <c r="F6" s="14">
         <v>2024</v>
       </c>
       <c r="G6" s="14">
         <v>2022</v>
       </c>
       <c r="H6" s="14">
         <v>2024</v>
       </c>
       <c r="I6" s="14">
         <v>2022</v>
       </c>
       <c r="J6" s="14">
         <v>2024</v>
       </c>
     </row>
     <row r="7" spans="2:10" ht="23" customHeight="1">
       <c r="B7" s="8" t="s">
         <v>53</v>
       </c>
       <c r="C7" s="2">
         <v>0.36899999999999999</v>
       </c>
       <c r="D7" s="3">
-        <v>0.34300000000000003</v>
+        <v>0.373</v>
       </c>
       <c r="E7" s="2">
         <v>0.34699999999999998</v>
       </c>
       <c r="F7" s="3">
         <v>0.35399999999999998</v>
       </c>
       <c r="G7" s="2">
         <v>0.35599999999999998</v>
       </c>
       <c r="H7" s="3">
         <v>0.35199999999999998</v>
       </c>
       <c r="I7" s="2">
         <v>0.34399999999999997</v>
       </c>
       <c r="J7" s="3">
         <v>0.34100000000000003</v>
       </c>
     </row>
     <row r="8" spans="2:10" ht="23" customHeight="1">
       <c r="B8" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C8" s="4">
@@ -6740,51 +6740,51 @@
         <v>0.33100000000000002</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="I5:J5"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="B1:J18"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="60" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="J9" sqref="J9:J16"/>
+      <selection activeCell="D18" sqref="D18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="15.453125" defaultRowHeight="23" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="0.90625" style="20" customWidth="1"/>
     <col min="2" max="2" width="19.6328125" style="20" customWidth="1"/>
     <col min="3" max="10" width="15.1796875" style="20" customWidth="1"/>
     <col min="11" max="16384" width="15.453125" style="20"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="23" customHeight="1">
       <c r="B1" s="18" t="s">
         <v>182</v>
       </c>
       <c r="C1" s="19"/>
       <c r="D1" s="19"/>
       <c r="E1" s="19"/>
       <c r="F1" s="19"/>
       <c r="G1" s="19"/>
       <c r="H1" s="19"/>
     </row>
     <row r="2" spans="2:10" ht="16" customHeight="1">
       <c r="B2" s="16" t="s">
         <v>211</v>
       </c>
@@ -7169,94 +7169,94 @@
       </c>
       <c r="F17" s="39">
         <v>0.31</v>
       </c>
       <c r="G17" s="4">
         <v>0.29099999999999998</v>
       </c>
       <c r="H17" s="5">
         <v>0.25788</v>
       </c>
       <c r="I17" s="4">
         <v>0.32800000000000001</v>
       </c>
       <c r="J17" s="5">
         <v>0.32100000000000001</v>
       </c>
     </row>
     <row r="18" spans="2:10" ht="23" customHeight="1" thickBot="1">
       <c r="B18" s="21" t="s">
         <v>72</v>
       </c>
       <c r="C18" s="22">
         <v>0.25600000000000001</v>
       </c>
       <c r="D18" s="23">
-        <v>0.36099999999999999</v>
+        <v>0.311</v>
       </c>
       <c r="E18" s="22">
         <v>0.308</v>
       </c>
       <c r="F18" s="29">
         <v>0.27900000000000003</v>
       </c>
       <c r="G18" s="22">
         <v>0.253</v>
       </c>
       <c r="H18" s="23">
         <v>0.31503999999999999</v>
       </c>
       <c r="I18" s="22">
         <v>0.30399999999999999</v>
       </c>
       <c r="J18" s="23">
         <v>0.29099999999999998</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="I5:J5"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="B1:J21"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" topLeftCell="B1" zoomScale="90" zoomScaleNormal="80" zoomScaleSheetLayoutView="90" workbookViewId="0">
-      <selection activeCell="J8" sqref="J8:J11"/>
+      <selection activeCell="B14" sqref="B14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="23" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.453125" style="20" customWidth="1"/>
     <col min="2" max="2" width="23.81640625" style="20" customWidth="1"/>
     <col min="3" max="10" width="14.6328125" style="20" customWidth="1"/>
     <col min="11" max="16384" width="9" style="20"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="23" customHeight="1">
       <c r="B1" s="18" t="s">
         <v>195</v>
       </c>
       <c r="C1" s="19"/>
       <c r="D1" s="19"/>
       <c r="E1" s="19"/>
       <c r="F1" s="19"/>
       <c r="G1" s="19"/>
       <c r="H1" s="19"/>
     </row>
     <row r="2" spans="2:10" ht="18" customHeight="1">
       <c r="B2" s="16" t="s">
         <v>212</v>
       </c>
@@ -7322,51 +7322,51 @@
       </c>
       <c r="F6" s="24">
         <v>2024</v>
       </c>
       <c r="G6" s="14">
         <v>2022</v>
       </c>
       <c r="H6" s="14">
         <v>2024</v>
       </c>
       <c r="I6" s="14">
         <v>2022</v>
       </c>
       <c r="J6" s="14">
         <v>2024</v>
       </c>
     </row>
     <row r="7" spans="2:10" ht="23" customHeight="1">
       <c r="B7" s="8" t="s">
         <v>73</v>
       </c>
       <c r="C7" s="2">
         <v>0.371</v>
       </c>
       <c r="D7" s="3">
-        <v>0.311</v>
+        <v>0.36099999999999999</v>
       </c>
       <c r="E7" s="2">
         <v>0.373</v>
       </c>
       <c r="F7" s="47">
         <v>0.378</v>
       </c>
       <c r="G7" s="2">
         <v>0.35699999999999998</v>
       </c>
       <c r="H7" s="3">
         <v>0.34499999999999997</v>
       </c>
       <c r="I7" s="2">
         <v>0.36299999999999999</v>
       </c>
       <c r="J7" s="3">
         <v>0.36499999999999999</v>
       </c>
     </row>
     <row r="8" spans="2:10" ht="23" customHeight="1">
       <c r="B8" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C8" s="4">
@@ -7467,51 +7467,51 @@
       </c>
       <c r="F11" s="39">
         <v>0.38500000000000001</v>
       </c>
       <c r="G11" s="4">
         <v>0.36499999999999999</v>
       </c>
       <c r="H11" s="5">
         <v>0.37661</v>
       </c>
       <c r="I11" s="4">
         <v>0.35599999999999998</v>
       </c>
       <c r="J11" s="5">
         <v>0.36599999999999999</v>
       </c>
     </row>
     <row r="12" spans="2:10" ht="23" customHeight="1" thickBot="1">
       <c r="B12" s="21" t="s">
         <v>78</v>
       </c>
       <c r="C12" s="22">
         <v>0.35699999999999998</v>
       </c>
       <c r="D12" s="23">
-        <v>0.36799999999999999</v>
+        <v>0.29799999999999999</v>
       </c>
       <c r="E12" s="22">
         <v>0.39200000000000002</v>
       </c>
       <c r="F12" s="29">
         <v>0.32200000000000001</v>
       </c>
       <c r="G12" s="22">
         <v>0.33800000000000002</v>
       </c>
       <c r="H12" s="23">
         <v>0.27766000000000002</v>
       </c>
       <c r="I12" s="22">
         <v>0.377</v>
       </c>
       <c r="J12" s="23">
         <v>0.30599999999999999</v>
       </c>
     </row>
     <row r="14" spans="2:10" ht="23" customHeight="1">
       <c r="B14" s="18"/>
       <c r="C14" s="19"/>
       <c r="D14" s="19"/>
       <c r="E14" s="19"/>
@@ -7539,52 +7539,52 @@
       <c r="H21" s="5"/>
       <c r="I21" s="4"/>
       <c r="J21" s="5"/>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="I5:J5"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="B1:J20"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" topLeftCell="A2" zoomScale="112" zoomScaleNormal="80" zoomScaleSheetLayoutView="70" workbookViewId="0">
-      <selection activeCell="J8" sqref="J8:J10"/>
+    <sheetView view="pageBreakPreview" topLeftCell="A14" zoomScale="112" zoomScaleNormal="80" zoomScaleSheetLayoutView="70" workbookViewId="0">
+      <selection activeCell="D7" sqref="D7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="23" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="1" style="20" customWidth="1"/>
     <col min="2" max="2" width="21.90625" style="20" customWidth="1"/>
     <col min="3" max="10" width="15.1796875" style="20" customWidth="1"/>
     <col min="11" max="16384" width="9" style="20"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="23" customHeight="1">
       <c r="B1" s="18" t="s">
         <v>196</v>
       </c>
       <c r="C1" s="19"/>
       <c r="D1" s="19"/>
       <c r="E1" s="19"/>
       <c r="F1" s="19"/>
       <c r="G1" s="19"/>
       <c r="H1" s="19"/>
     </row>
     <row r="2" spans="2:10" ht="17.5" customHeight="1">
       <c r="B2" s="16" t="s">
         <v>213</v>
       </c>
@@ -7650,51 +7650,51 @@
       </c>
       <c r="F6" s="27">
         <v>2024</v>
       </c>
       <c r="G6" s="27">
         <v>2022</v>
       </c>
       <c r="H6" s="27">
         <v>2024</v>
       </c>
       <c r="I6" s="27">
         <v>2022</v>
       </c>
       <c r="J6" s="27">
         <v>2024</v>
       </c>
     </row>
     <row r="7" spans="2:10" ht="23" customHeight="1">
       <c r="B7" s="8" t="s">
         <v>79</v>
       </c>
       <c r="C7" s="2">
         <v>0.36799999999999999</v>
       </c>
       <c r="D7" s="3">
-        <v>0.29799999999999999</v>
+        <v>0.36799999999999999</v>
       </c>
       <c r="E7" s="2">
         <v>0.35399999999999998</v>
       </c>
       <c r="F7" s="3">
         <v>0.34899999999999998</v>
       </c>
       <c r="G7" s="2">
         <v>0.36799999999999999</v>
       </c>
       <c r="H7" s="3">
         <v>0.36799999999999999</v>
       </c>
       <c r="I7" s="2">
         <v>0.35899999999999999</v>
       </c>
       <c r="J7" s="3">
         <v>0.35299999999999998</v>
       </c>
     </row>
     <row r="8" spans="2:10" ht="23" customHeight="1">
       <c r="B8" s="9" t="s">
         <v>80</v>
       </c>
       <c r="C8" s="4">
@@ -8070,51 +8070,51 @@
         <v>0.33700000000000002</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="I5:J5"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="B1:J16"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" topLeftCell="A7" zoomScale="91" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="J7" sqref="J7:J11"/>
+      <selection activeCell="L16" sqref="L16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="23" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.36328125" style="20" customWidth="1"/>
     <col min="2" max="2" width="20.453125" style="20" customWidth="1"/>
     <col min="3" max="10" width="14.6328125" style="20" customWidth="1"/>
     <col min="11" max="16384" width="9" style="20"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="23" customHeight="1">
       <c r="B1" s="18" t="s">
         <v>197</v>
       </c>
       <c r="C1" s="19"/>
       <c r="D1" s="19"/>
       <c r="E1" s="19"/>
       <c r="F1" s="19"/>
       <c r="G1" s="19"/>
       <c r="H1" s="19"/>
     </row>
     <row r="2" spans="2:10" ht="18" customHeight="1">
       <c r="B2" s="16" t="s">
         <v>214</v>
       </c>
@@ -8424,80 +8424,80 @@
       </c>
       <c r="J14" s="5">
         <v>0.311</v>
       </c>
     </row>
     <row r="15" spans="2:10" ht="23" customHeight="1">
       <c r="B15" s="9" t="s">
         <v>201</v>
       </c>
       <c r="C15" s="4">
         <v>0.32600000000000001</v>
       </c>
       <c r="D15" s="5">
         <v>0.219</v>
       </c>
       <c r="E15" s="4">
         <v>0.34899999999999998</v>
       </c>
       <c r="F15" s="39">
         <v>0.31900000000000001</v>
       </c>
       <c r="G15" s="4">
         <v>0.32200000000000001</v>
       </c>
       <c r="H15" s="5">
-        <v>0.29519000000000001</v>
+        <v>0.218</v>
       </c>
       <c r="I15" s="4">
         <v>0.34599999999999997</v>
       </c>
       <c r="J15" s="5">
         <v>0.316</v>
       </c>
     </row>
     <row r="16" spans="2:10" ht="23" customHeight="1" thickBot="1">
       <c r="B16" s="10" t="s">
         <v>202</v>
       </c>
       <c r="C16" s="6">
         <v>0.29699999999999999</v>
       </c>
       <c r="D16" s="7">
-        <v>0.29899999999999999</v>
+        <v>0.26300000000000001</v>
       </c>
       <c r="E16" s="6">
         <v>0.31</v>
       </c>
       <c r="F16" s="29">
         <v>0.29099999999999998</v>
       </c>
       <c r="G16" s="6">
         <v>0.30399999999999999</v>
       </c>
       <c r="H16" s="7">
-        <v>0.21768000000000001</v>
+        <v>0.26600000000000001</v>
       </c>
       <c r="I16" s="6">
         <v>0.314</v>
       </c>
       <c r="J16" s="7">
         <v>0.30399999999999999</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="C4:D4"/>
     <mergeCell ref="E4:F4"/>
     <mergeCell ref="G4:H4"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="E5:F5"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="I5:J5"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="90" fitToWidth="0" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 